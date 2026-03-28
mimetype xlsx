--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1755 +269,1539 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81174", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81174", " PAINEL SAMSUNG COLOR DISPLAY UNIT MODELO IF025IFHB - Ligando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81179", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81179", " Lote com: 40 unidades.  HDS DIVERSOS PARA DESKTOP")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81172", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81172", " Lote com: 15 unidades.  TABLET HP SPARE KEYBOARD MODELO 3YR - Funcionando")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81175", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81175", " TABLET HP SPARE KEYBOARD MODELO 3 YR - Para peças")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81177", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81177", " Lote com: 8 Unidades. TABLET WACON OLIVETTI PARA ASSINATURA DIGITAL")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81181", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81181", " Lote com: 50 unidades. MONITORES LCD DIVERSOS 15,16,17,18" - Para peças")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81165", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81165", " Lote com:   4 Unidades -  FILTROS BOMBA DIVERSOS E 3 unidades - FILTRO BOMBA VEICO DE 0,5 HP")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81166", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81166", " GPS SONAR RAYMARINE E120")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81173", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81173", " Lote com: 2 unidades. CISCO SPA 8800 GATEWAY DE TELEFONE IP")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81180", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81180", " Lote com: 13 unidades. NO BREAKS DIVERSOS , TS SHARA E NHS FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81170", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81170", " Lote com: 12 unidades. IMPRESSORAS EPSON WP 4592 E WP 4092")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81169", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81169", " ACIONADOR DE CANCELA  PARA ESTACIONAMENTO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81168", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81168", " Lote com: 6 unidades. RELOGIOS PONTOS DIVERSOS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81164", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81164", " Lote com: 9 unidades. CÂMERAS DE FILMAGEM RETRÔ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81163", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81163", " Lote com: 6 unidades. OCILOSCÓPIOS DIVERSOS ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81171", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81171", " Lote com: 13 unidades. ESTAÇÃO DE SOLDA DIVERSAS - Ligando")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81167", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81167", " Lote com: 20 unidades CONVERSOR VGA PARA HDMI")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81178", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81178", " Lote com: 13 unidades. MINI CPUS NEOWARE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81182", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81182", " Lote com: 5 unidades AUXILIADOR DE PARTIDA BLACK DECKER")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81183", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81183", " Lote com: 4 unidades. CISCO ACESS POINT AIR AP 18321 -K9 / 2 PEÇAS, CISCO ACESS POINT AIR CAP 17021-K9 2 PEÇAS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81184", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81184", " Lote com: 1 unidade PLOTHER PROFISSIONAL, 1 unidade HP DESIGNJET 800 e 1 unidade DESIGNJET 500 e 1 unidade DESIGNJET 5500")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81185", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81185", " Lote com: 90 unidades FONTES ALIMENTADORAS PARA IPHONE")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81186", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81186", " Lote com: 2 unidades CISCO SPA 8800")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81187", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81187", " Lote com: 10 unidades. PROJETORES DIVERSOS TAMANHOS E MARCAS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81190", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81190", " Lote com: 2 unidades. ALL IN ONE DELL INSPIRION 20"")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81188", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81188", " Lote com: 20 unidades. FONES PARA GAMER E JOYSTICK NA CAIXA DIVERSOS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81191", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81191", " Lote com: 150 unidades. FONTES DIVERSAS PARA NOTEBOOK")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81198", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81198", " Lote com: 50 unidades. Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81197", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81197", " Lote com: 50 unidades. Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81194", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81194", " SISTEMA DE NEBULIZAÇÃO PARA VEGETAIS E HORTALIÇAS AVIGA 36 DC MIATECH - Ligando")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81193", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81193", " Lote com: 4 unidades. SISTEMA DE DIAGNÓSTICO POR ULTRA SOM - PVT-375BT - TOSHIBA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81192", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81192", " ALL IN ONE POSITIVO MASTER U950 I5 4 GB MEMÓRIA E 500 HD - Completo -Funcionando")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81199", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81199", " ALL IN ONE POSITIVO MASTER U950 I5 4 GB MEMÓRIA E 500 HD - Completo -Funcionando")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81196", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81196", " ALL IN ONE POSITIVO MASTER U950 I5 4 GB MEMÓRIA E 500 HD - Completo -Funcionando")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81195", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81195", " ALL IN ONE POSITIVO MASTER U950 I5 4 GB MEMÓRIA E 500 HD - Completo -Funcionando")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81201", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81201", " ALL IN ONE POSITIVO MASTER U950 I5 4 GB MEMÓRIA E 500 HD - Completo -Funcionando")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81205", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81205", " ALL IN ONE POSITIVO MASTER U950 I5 4 GB MEMÓRIA E 500 HD - Completo -Funcionando")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81203", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81203", " ALL IN ONE POSITIVO MASTER U950 I5 4 GB MEMÓRIA E 500 HD - Completo -Funcionando")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81200", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81200", " ALL IN ONE POSITIVO MASTER U950 I5 4 GB MEMÓRIA E 500 HD - Completo -Funcionando")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81206", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81206", " ALL IN ONE POSITIVO MASTER U950 I5 4 GB MEMÓRIA E 500 HD - Completo -Funcionando")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81209", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81209", "Lote com: 22 unidades. FONTE PARA IMPRESSORA TIGER MODELO TG 7601 ES")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81267", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81267", "Lote com: 10 unidades. caixas de Inox Gerbo, 5 unidades impressoras térmicas Diebold, 2 unidades impressoras térmicas Epson, 4 unidades leitores de mesa Honeywell e 1 unidade impressora Zebra de etiquetas modelo ZD 410")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81284", "046")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81284", "Lote com: 10 unidades de coletores de dados Symbol  - Para peças")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81285", "047")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81285", "Lote com: 16 unidades de Eletrificadoras de cercas - Rural")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81615", "048")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81615", "Lote com: 50 unidades. MEMÓRIA KINGSTON DDR2 2gb kvr800")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81616", "049")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81616", "Lote com: 50 unidades. MEMÓRIA KINGSTON DDR2 2gb kvr800")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81617", "050")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81617", "Lote com: 50 unidades. MEMÓRIA KINGSTON DDR2 2gb kvr800")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81618", "051")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81618", "Lote com: 50 unidades. MEMÓRIA KINGSTON DDR2 2gb kvr800")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82484", "052")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82484", "Lote com: 4 unidades - Aparelho de Artroscopia, Arthrex Ar6475 Contínuos Wave III Arthroscopy Pump - marca Arthrex")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83104", "053")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83104", "Lote com: 2 unidades - Cpus core I5 e 1 unidade core I7 - sem HD e memória")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...1534 lines deleted...]
-      </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81204", "100")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81204", " Lote com: 59 unidades. TERNOS RISCO DE GIZ - ADUANA - TAMANHOS DIVERSOS - SEM USO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81202", "101")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81202", " Lote com: 59 unidades. CAMISAS MANGA LONGA DIVERSAS  - TAMANHOS E CORES DIVERSAS")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81207", "102")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81207", " Lote com: 22 unidades. CALÇA SOCIAL - TAMANHOS DIVERSOS - ADUANA - SEM USO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>440,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81208", "103")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81208", " Lote com: 30 unidades. CAMISA MANGA CURTA BRANCA TAMANHOS 3 E 4")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>