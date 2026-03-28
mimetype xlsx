--- v0 (2025-11-13)
+++ v1 (2026-03-28)
@@ -269,6203 +269,5431 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81460", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81460", "LANCHA 5.5. MOTOR 60 HP. ACOMPANHA REBOQUE. ANO 1995")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>23.900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84633", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84633", " Lancha 4.50 mts 5 passageiros Motor Johnson 60 HP, ano 1994. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84635", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84635", " Sistema de ordenha marca Delaval ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81432", "300")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81432", " 2 lavadoras de alta pressão")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81435", "301")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81435", " 2 lavadoras de alta pressão")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81433", "302")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81433", " 2 lavadoras de alta pressão")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83147", "303")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83147", "2 aquecedores halogêneos 110 v")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83141", "304")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83141", " 2 aquecedores halogêneos 110 v")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81429", "305")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81429", " 2 lavadoras de alta pressão")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81430", "306")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81430", " 2 lavadoras de alta pressão")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83138", "307")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83138", " 2 painéis de led 1.20")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83137", "308")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83137", " Refrigerador Frigidaire 1950 relíquia")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81431", "309")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81431", " 2 lavadoras de alta pressão")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81434", "310")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81434", " 2 lavadoras de alta pressão")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81446", "311")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81446", " Bomba multi estágios")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81442", "312")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81442", " Triturador /picador c/motor de 10 CV")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81436", "313")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81436", " Prensa 1.75 x 4.00")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81440", "314")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81440", " Moinho de pão inox")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83139", "315")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83139", " Bocal para moedor com acessórios")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83131", "316")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83131", " Torneira gourmet")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81445", "317")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81445", " Fogão industrial 6 bocas e forno")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81444", "318")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81444", " Lavadora de louças")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83136", "319")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83136", " Ventilador de teto 110 v")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83140", "320")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83140", " Máquina de massas - bela pasta Philco 220 Volts")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83133", "321")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83133", " 2  aquecedores -Ventilador 110 v ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83135", "323")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83135", " 2  aquecedores -Ventilador 110 v ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83132", "324")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83132", " 5 polias de ferro")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83134", "325")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83134", " Par de auto falantes")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84638", "327")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84638", " 2 bebedouros e 2 purificadores de água")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84636", "328")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84636", " 2 cortadores de grama ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84627", "329")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84627", " ar condicionado split 60.000 btus 220 trifásico")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84632", "330")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84632", " ventiladores e peças")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84628", "331")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84628", " Dois motores para piscina com mangueiras")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84629", "332")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84629", " 1 Luminária dupla pra jardim  (Completo conforme a ilustração, não acompanha poste) Produto sem uso.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84639", "333")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84639", " 1 Luminária dupla pra jardim  (Completo conforme a ilustração, não acompanha poste) Produto sem uso.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84631", "334")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84631", " 1 Luminária dupla pra jardim  (Completo conforme a ilustração, não acompanha poste) Produto sem uso.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84634", "335")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84634", " 1 Luminária dupla pra jardim  (Completo conforme a ilustração, não acompanha poste) Produto sem uso.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84630", "336")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84630", " 1 Luminária dupla pra jardim  (Completo conforme a ilustração, não acompanha poste) Produto sem uso.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84637", "337")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84637", " 1 Luminária dupla pra jardim  (Completo conforme a ilustração, não acompanha poste) Produto sem uso.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81399", "403")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81399", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81438", "404")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81438", " 02 CONJUNTOS PARA CHURRASCO DE 14 PEÇAS E SUPORTE (TOTAL 28 PEÇAS E 02 SUPORTES)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>340,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81437", "405")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81437", " 02 CONJUNTOS PARA CHURRASCO DE 14 PEÇAS E SUPORTE (TOTAL 28 PEÇAS E 02 SUPORTES)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>340,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81439", "406")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81439", " 02 CONJUNTOS PARA CHURRASCO DE 14 PEÇAS E SUPORTE (TOTAL 28 PEÇAS E 02 SUPORTES)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>340,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81369", "407")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81369", " 01 CONJUNTO PARA CHURRASCO: 14 PEÇAS E SUPORTE")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81441", "408")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81441", " 02 CONJUNTOS PARA CHURRASCO DE 14 PEÇAS E SUPORTE (TOTAL 28 PEÇAS E 02 SUPORTES)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>340,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81443", "409")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81443", " 02 CONJUNTOS PARA CHURRASCO DE 14 PEÇAS E SUPORTE (TOTAL 28 PEÇAS E 02 SUPORTES)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>340,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81406", "410")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81406", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81391", "411")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81391", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81397", "412")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81397", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81396", "413")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81396", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81315", "414")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81315", " Mesa de jantar de 1,50m com 4 cadeiras")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81327", "415")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81327", " Mesa de jantar de 1,60m com 4 cadeiras")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81395", "416")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81395", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81313", "417")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81313", " Porta de câmara fria. 1.50m de largura em inox")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81314", "418")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81314", " Porta câmara. Medidas 0,95 X 1,18m. Com 3 aberturas. Em inox")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81321", "419")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81321", " Mesa de trabalho quadrada")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81407", "420")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81407", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81319", "422")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81319", " Lote prateleiras de aço. Partes e peças sortidas. Vários modelos")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81323", "423")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81323", " 2 máquinas de gelo (para reparos) ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81312", "424")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81312", " Sucata de peças e partes de aquecedores de ambiente ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81325", "425")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81325", " Máquina de estampa quente para gravação em couro. Papel baixo relevo")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81394", "427")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81394", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81317", "428")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81317", " 2 unidades Expositor retrátil de caixas")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81320", "429")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81320", " Serra fita para carnes. Mesa móvel. Funcionando")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81316", "430")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81316", " PLAINA")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81380", "431")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81380", " 4 rodas ferro aro 14")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81328", "432")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81328", " Máquina Risomat semi automática de corte de papel isolante (poliéster) para isolamento de motores e transformadores")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81326", "433")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81326", " Cabine de jato (granalha ou areia ) pressurizada ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81329", "434")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81329", " 1 Reservatório de combustíveis ou água. Capacidade 500 litros ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81381", "435")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81381", " 2 panelas de pressão 4.5 lts e bebedouro para garrafão")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81382", "436")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81382", " Barracas, acendedor elétrico 110 v, duchas frias")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81383", "437")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81383", " Torneiras, boias, peças e partes de registros e conexões de água")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81389", "438")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81389", " 16 unidades  gorros infantil sem uso")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81318", "439")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81318", " 1 Reservatório de combustíveis ou água. Capacidade 500 litros ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81404", "440")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81404", " 16 unidades  gorros infantil sem uso")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81309", "441")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81309", " 50 pares de calçados femininos sortidos")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81384", "442")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81384", " 16 unidades  gorros infantil sem uso")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81400", "443")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81400", " 16 unidades  gorros infantil sem uso")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81322", "444")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81322", " Embaladora termo encolhivel 40x40")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81387", "445")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81387", " 16 unidades  gorros infantil sem uso")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81419", "446")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81419", " 3 geladeiras duplex. Para reparos")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81385", "452")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81385", " 16 unidades  gorros infantil sem uso")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81388", "453")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81388", " 16 unidades  gorros infantil sem uso")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81405", "455")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81405", " 16 unidades  gorros infantil sem uso")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81386", "456")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81386", " 16 unidades  gorros infantil sem uso")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81324", "457")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81324", " Peças para uso agrícola (grade aradora) ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81398", "458")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81398", " 16 unidades  gorros infantil sem uso")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81401", "460")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81401", " Aspirador e suporte pra tv ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81330", "461")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81330", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81333", "462")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81333", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81293", "463")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81293", " 02 vending machines. Para reparos")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81334", "464")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81334", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81297", "465")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81297", "TURBINA WEG")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81336", "466")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81336", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81332", "467")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81332", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81331", "469")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81331", " Climatizador e purificador")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81335", "470")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81335", " Climatizador e purificador")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81390", "471")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81390", " Sucata de 6 ventiladores ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81337", "473")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81337", " Climatizador e purificador")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81304", "474")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81304", " Aprox. 10 luminarias solares. Marca Eco Force")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81302", "475")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81302", " Aprox. 15 itens de ferramentas: peças, partes, tripé skill, cortador de pisos, maletas, partes de maletas etc ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81296", "476")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81296", " Desbobinadeira de chapa com caixa de redução")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81402", "479")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81402", " [LANCES POR KG] Sucata de motores e partes de lavadoras de alta pressão aproximadamente 150kgs")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>2.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81300", "480")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81300", " Moinho triturador de cobre e mesa garimpadora ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81298", "481")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81298", " Injetora de poliuretano. Para reparo")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81294", "482")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81294", " Batedeira industrial sem tacho e sem acessórios. Para reparo")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81403", "483")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81403", " Cooler de bebidas da coca antigo original ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81299", "484")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81299", " Aprox. 40 placas de gelo artificial reutilizável de tamanhos variados")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81301", "486")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81301", " Carrinho, cadeirinha, máquina infantil e aprx. 30 calças jeans infantis")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81295", "487")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81295", " tripé bosch, cortador de pisos irwin, e aprox. 13 ferramentas e materiais sortidos")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81303", "488")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81303", " sucata de forno elétrico e fatiadora de pães")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81305", "489")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81305", "Serra copo e trena. Possui avaria")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81307", "490")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81307", " Réplica artesanal em madeira de Moto Harley. 40 cm.")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81306", "491")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81306", " Réplica artesanal em madeira de Moto Indian 1941. 40 cm")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81393", "496")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81393", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81392", "497")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81392", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81310", "498")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81310", "Retroescavadeira em madeira (1 metro comprimento ela aberta ) articulada - toda envernizada")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81311", "499")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81311", "Retroescavadeira em madeira (1 metro comprimento ela aberta ) articulada - toda envernizada")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81344", "504")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81344", " Split 18.000 (no estado)")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81342", "506")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81342", " Split-1 condensadora 18.000 e 2 evaporadoras 9.000/12.000")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81347", "507")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81347", " Maquina de gelo (sem teste)")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81351", "508")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81351", " Máquina de café")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81345", "509")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81345", " Duas enceradeiras antigas")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81350", "510")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81350", " aparelhos de Dvds (no estado) ")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81349", "512")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81349", " Vulcanizadora de câmara de ar")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81353", "513")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81353", " Geladeira side by side pra reparos (com os acessórios )")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81348", "514")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81348", " Lava e seca para reparo")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81352", "515")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81352", " Forno duplo combinado e rotatório elétrico")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81354", "527")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81354", " 15 telefones com e sem fio")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81346", "528")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81346", " Aprox.50 unidades sucata de térmicas")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81355", "537")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81355", " Aprox .10 nichos decorativos modelos variados")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81356", "539")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81356", " Máquina para cortar chapa automática funcionado")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81357", "547")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81357", " 1 vídeo porteiro  2 babá eletrônica Wi-Fi Philco")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81359", "548")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81359", " Inalador respira max ")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81361", "557")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81361", " Compressor")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81360", "558")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81360", " Climatizador comercial joape")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81358", "561")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81358", " Cafeteira circular dolce gusto voltagem 110 v funcionando")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81364", "562")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81364", " Impressora xp-241")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81362", "563")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81362", " 2 note 8 teclados")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81366", "564")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81366", " Compressor 20 pés")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81363", "566")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81363", " Cafeteira Delonghy e torradeira")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81368", "567")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81368", " Aprox.15 Cartuchos de tinta")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81367", "569")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81367", " Forno e panificadora ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81365", "571")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81365", " Aprox.20 itens ferramentas diversas... trenas, nível, escova de aço")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81372", "584")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81372", " ferro de passar roupas 110v (10 unidades)")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81376", "585")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81376", " Aproximadamente 100 máscaras")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81377", "586")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81377", " 4 Adegas para reparo")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81378", "588")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81378", " 1 Junker (aquecedor de água a gás )")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81379", "589")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81379", " 1 Junker (aquecedor de água a gás )")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81375", "591")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81375", " 1 Junker (aquecedor de água a gás )")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81370", "592")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81370", " Sucata de 50 jarras  elétricas ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81371", "593")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81371", " 3 estabilizadores Enfermax 500 va")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81373", "594")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81373", " 1 estabilizador de 1.000 va ")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81374", "595")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81374", " Estabilizador Enermax 3.200 va  e 1 estabilizador de 300 va ")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81410", "596")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81410", " 15 unidades  base do copo liquidificador Arno clic lav ")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81408", "597")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81408", " 15 unidades  base do copo liquidificador Arno clic lav ")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81412", "598")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81412", " 30 rolos de etiqueta adesiva papel couchê 5 x10 cm ,com picote")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81415", "599")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81415", " 30 rolos de etiqueta adesiva papel couchê 5 x10 cm ,com picote")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81417", "600")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81417", " 30 rolos de etiqueta adesiva papel couchê 5 x10 cm ,com picote")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81411", "601")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81411", " .2 abajur de mesa")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81409", "603")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81409", " 2 torneiras elétricas")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D171" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81416", "604")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81416", " 2 aparelhos de DVD ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81418", "607")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81418", " Aprox.30 plafons led sortidos")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81413", "608")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81413", " Aprox.30 plafons led sortidos")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81414", "609")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81414", " Bomba d’água de recalque em inox 5 hp trifásica funcionando")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81420", "610")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81420", " Liquidificador industrial 8 litros")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81427", "612")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81427", " Mini system hi-fi fx30")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81426", "613")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81426", " Micro system sharp 160 w")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81424", "614")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81424", " Duas caixas de som samsung")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81425", "615")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81425", " 4 caixas de som lg")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81421", "616")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81421", " Duas caixas de som Toshiba")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81422", "617")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81422", " Duas  caixas de som giga ")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81428", "618")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81428", " 2 caixas de som Samsung ")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81423", "619")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81423", " 3 caixas de som -Samsung-lg-Philips")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81447", "623")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81447", "Freezer vertical")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81448", "625")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81448", "4 micro ondas")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81450", "626")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81450", " Compressor wayne 60 pés")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81449", "627")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81449", " Bomba d’água de pressão")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81455", "628")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81455", " 10 bandejas inox  ")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81457", "629")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81457", " 10 bandejas inox ")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81454", "630")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81454", " 10 bandejas inox  ")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81453", "631")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81453", " Câmara fria sem motor")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81456", "632")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81456", " 4 bebedouros sucata ")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81458", "633")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81458", " 4 cadeiras ")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81451", "634")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81451", " Arqueadora de caixas")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...89 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81459", "635")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81459", " Sucata de 10 bebedouros")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81452", "636")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81452", " Sucata de 4 bebedouros")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81466", "638")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81466", " Purificador de água")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81462", "639")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81462", " Aproximadamente 20 lavadoras de alta pressão  (no estado ) ")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...409 lines deleted...]
-      <c r="F41" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81464", "640")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81464", " Perfuradora de papel elétrica")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-[...729 lines deleted...]
-      <c r="F64" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81463", "641")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81463", " Marcador elétrico")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81461", "642")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81461", " Câmara fria resfriados completa (está desmontada)")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-[...4414 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81465", "643")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81465", " Projetor  de slide no estado")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>