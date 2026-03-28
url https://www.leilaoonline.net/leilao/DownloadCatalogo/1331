--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,123 +269,111 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81611", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81611", " Pick up Mitsubishi MMC/L200 4X4 - Ano 2009 -  FROTA 30553 PLACA:  ENM - FINAL 2 :  VELOCIMETRO SEM PONTEIRO/ VOLANTE DANIFICADO/ EMBREAGEM COM PROBLEMA. NO ESTADO EM QUE SE ENCONTRA. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81610", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81610", " Pá Carregadeira Cat-950-H Ano 2013 - PARTES QUEIMADAS  FROTA 21531 N. SÉRIE:  CAT0950HTJLX00350 QUEIMADA - DANOS CAUSADOS - NO ARQUIVO ANEXO. . no estado. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>122.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81612", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81612", " GUINDASTE  Hidr. Clark 720 Ano 1975, para 20 Ton. FROTA: 20666 N. SÉRIE:  7200S358 OBS:  guindaste não vai com documento, será apenas como um implemento. NO ESTADO EM QUE SE ENCONTRA. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>