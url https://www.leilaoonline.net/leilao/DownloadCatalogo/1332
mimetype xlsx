--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84647", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84647", "[ VÍDEOS ] Filtro de Mangas")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84656", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84656", "[ VÍDEOS ] Conjunto de Diferencial da FR180 eixo dianteiro/traseiro")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84648", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84648", "[ VÍDEOS ] Guindaste Treliçado Sobre Pneus")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84659", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84659", " Motoran")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84657", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84657", " Ponte de 8 Toneladas")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84658", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84658", " [ VÍDEOS ] Ripper (Escarificador de D8)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84663", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84663", " Conjunto de Patolamento")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84652", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84652", "[ VÍDEO ] Diferencial 966C Dianteiro/traseiro")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84655", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84655", " Seladora de 8000 Litros")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84664", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84664", "[ VÍDEO ] Conjunto de Diferencial WA 320-5")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84662", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84662", "[ VÍDEOS ] Motor 6cc de PC 600 no estado.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84661", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84661", " [ VÍDEOS ] Motor Scania")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84651", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84651", "[ VÍDEOS ] Motor Volvo D12D")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84660", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84660", "[ VÍDEO ] Motor Yammar com Gerador")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84669", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84669", "[ VÍDEO ] Transmissão D8H No Estado. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84653", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84653", " Tanque Limpa Fossa ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84649", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84649", " [ VÍDEO ] Motor Cummins Série C Mecânico/Parcial")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84650", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84650", " Motor Cummins Série C eletrônico/parcial")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84666", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84666", "[ VÍDEO ] Diferencial Dianteiro e Traseiro de 966C")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84668", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84668", " Eixo da 966H dianteiro/traseiro")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...334 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84667", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84667", " Diferencial Dianteiro e Traseiro 938G")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84672", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84672", " Diferencial Caterpillar. Sem dianteiro e Traseiro")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...318 lines deleted...]
-      </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84671", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84671", "Motor Volvo D16E")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84670", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84670", "[ VÍDEO ] Transmissão 12G")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>