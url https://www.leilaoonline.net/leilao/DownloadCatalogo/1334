--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,4219 +269,3695 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82022", "13001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82022", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82025", "13002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82025", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82023", "13003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82023", " Caminhão M.B. 915C - 2008/2008 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>83.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82028", "13004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82028", " Ônibus M.BENZ/OF 1318 - 1994/1994 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82024", "13005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82024", " Caminhão MERCEDES BENZ 710 - 2006/2006 LOC: Terra Rica, PR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82031", "13008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82031", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82026", "13012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82026", " Caminhão MERCEDES BENZ 915C  - 2006/2006 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>75.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82027", "13014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82027", " Reb.Cana Picada Usicamp RCI E1E1 8200 - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82029", "13015")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82029", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82033", "13016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82033", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82032", "13018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82032", " Caminhão Volvo VM260 6x4R - 2011/2011 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>138.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82037", "13019")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82037", " Caminhão Volvo VM260 6x4R - 2011/2011 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>136.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82034", "13020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82034", " Micro ônibus M.BENZ/INDUSCAR FOZ U - 2011/2012 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82040", "13021")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82040", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82030", "13022")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82030", " Reb.Cana Picada Usicamp - 2007/2007 - LOC:Terra Rica,PR")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82035", "13025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82035", " Onibus M.BENZ/INDUSCAR FOZ U - 2011/2011 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82039", "13026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82039", " CAMINHÃO MERCEDES BENZ 2428 - 2005/2006 , FR 5217 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>102.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82045", "13027")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82045", "CAMINHÃO VOLVO FM 440 6X4R - 2007/2007 , FR 5320- LOC: Terra Rica, PR")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>117.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82055", "13028")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82055", " Micro ônibus M.BENZ/INDUSCAR FOZ U - 2011/2011 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82043", "13029")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82043", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82044", "13031")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82044", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82038", "13036")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82038", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82036", "13038")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82036", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82058", "13039")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82058", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82054", "13045")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82054", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82056", "13046")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82056", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82042", "13047")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82042", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82041", "13048")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82041", " REBOQUE CANA PICADA  Usicamp - 2007/2007, FR5448 - LOC: Terra Rica/ PR")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82047", "13049")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82047", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82059", "13054")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82059", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82046", "13055")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82046", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82062", "13056")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82062", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82060", "13057")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82060", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82061", "13061")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82061", " CAMINHÃO VOLVO FM 440 6X4R - 2007/2007, FR 5315 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>113.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82049", "13062")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82049", " CAMINHÃO VOLVO Volvo FM 440 6X4R - 2007/2007, FR 5323 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>117.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82053", "13066")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82053", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82063", "13068")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82063", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82052", "13069")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82052", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82051", "13070")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82051", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82048", "13071")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82048", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82057", "13072")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82057", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82050", "13073")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82050", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82064", "13074")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82064", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82065", "13075")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82065", " CAMINHÃO Volvo FM 440 6X4R - 2007/2007, FR5318 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>123.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82075", "13076")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82075", " CAMINHÃO  Volvo FM 440 6X4R - 2007/2007 , FR 5319 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>121.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82074", "13077")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82074", " Caminhão Volvo FM 440 6X4R - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82076", "13078")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82076", " Reb.Cana Picada Usicamp - 2005/2005 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82078", "13079")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82078", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82079", "13080")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82079", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82077", "13084")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82077", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82082", "13085")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82082", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82086", "13086")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82086", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82080", "13087")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82080", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82084", "13089")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82084", " Ônibus M.BENZ/MPOLO TORINO GVU - 2002/2002 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82083", "13090")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82083", " Ônibus M.BENZ/MPOLO TORINO GVU - 2002/2002 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82081", "13092")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82081", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82087", "13095")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82087", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82085", "13096")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82085", " Caminhão MERCEDES BENZ 2428 - 2005/2006 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>92.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82088", "13097")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82088", " Caminhão MERCEDES BENZ 2428 - 2005/2005 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>156.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82099", "13100")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82099", " CAMINHÃO VOLVO FM12 380 6X4 R - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82095", "13101")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82095", " CAMINHÃO VOLVO/FM12 380 6X4R ATDL - 2004/2004 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82094", "13102")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82094", " CAMINHÃO VOLVO/FM12 380 6X4R ATDL - 2003/2004 - LOC: Paranacity, PR   ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82093", "13103")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82093", " CAMINHÃO VOLVO/FM12 380 6X4R ATDL - 2004/2004 - LOC: Paranacity, PR   ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82092", "13104")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82092", " CAMINHÃO VOLVO/FM12 380 6X4R - 2002/2002 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82089", "13105")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82089", " R/USICAMP RCI E1E1 8200 - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82096", "13113")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82096", " CAMINHÃO VOLVO/FM12 380 6X4R - 2002/2002 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82100", "13115")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82100", " CAMINHÃO VOLVO/FM12 380 6X4R ATDL - 2005/2005 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82098", "13120")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82098", " R/USICAMP RCI E1E1 8200 - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82104", "13127")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82104", " CAMINHÃO VOLVO/FM12 420 6X4R - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>71.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82091", "13130")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82091", " R/USICAMP RCI E1E1 8201 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82101", "13138")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82101", " CAMINHÃO VOLVO/FM 440 6X4R - 2006/2007 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82090", "13150")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82090", " CAMINHÃO VOLVO/FM12 380 6X4R - 2002/2002 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82103", "13152")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82103", " CAMINHÃO VOLVO/FM12 420 6X4R - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>104.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82109", "13161")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82109", " CAMINHÃO VOLVO/FM12 380 6X4R - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82112", "13162")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82112", " CAMINHÃO VOLVO/FM12 380 6X4R - 2004/2004 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82110", "13163")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82110", " CAMINHÃO VOLVO/FM 440 6X4R - 2008/2008 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>128.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82111", "13167")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82111", " R/USICAMP RCI E1E1 8202 - 2002/2002 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82116", "13182")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82116", " R/USICAMP RCI E1E1 8201 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82115", "13185")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82115", " ÔNIBUS IMP/M.BENZ OF 1620 - 1995/1995 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82105", "13186")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82105", " ÔNIBUS M.BENZ/OF 1620 - 1995/1995 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82121", "13188")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82121", " CAMINHÃO MERCEDES BENZ 710 - 2001/2001 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82118", "13198")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82118", " CAMINHÃO MERCEDES BENZ 915C - 2008/2008 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82119", "13199")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82119", " CAMINHÃO MERCEDES BENZ 915C - 2008/2008 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82124", "13205")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82124", " R/USICAMP RCI E1E1 8201 - 2006/2006 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82067", "13209")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82067", " MICRO ÔNIBUS M.BENZ/INDUSCAR FOZ U - 2011/2012 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82106", "13210")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82106", " MICRO ÔNIBUS M.BENZ/INDUSCAR FOZ U - 2011/2012 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82107", "13211")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82107", " Caminhão MERCEDES BENZ 710 - 2001/2001 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>51.500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82108", "13213")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82108", " REB.CANA PICADA USICAMP - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82120", "13214")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82120", " REB.CANA PICADA USICAMP - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82122", "13216")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82122", " REB.CANA PICADA USICAMP - 2006/2006 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82114", "13217")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82114", " MICRO ÔNIBUS M.BENZ/INDUSCAR FOZ U 2010/2010 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82113", "13221")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82113", " REB.CANA PICADA USICAMP - 2006/2006 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82125", "13231")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82125", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82117", "13232")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82117", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82123", "13238")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82123", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82131", "13239")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82131", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82126", "13240")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82126", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82127", "13245")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82127", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82138", "13246")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82138", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82128", "13247")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82128", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82129", "13251")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82129", " VOLVO FM12 380 6X4R - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>94.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82147", "13253")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82147", " REB.CANA PICADA USICAMP - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82066", "13256")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82066", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82133", "13259")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82133", " SCANIA R114 GA 4X2 NZ 380 - 2006/2006 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>123.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82154", "13264")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82154", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82070", "13265")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82070", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82132", "13267")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82132", " VOLVO FM12 380 6X4 R 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82144", "13269")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82144", " REB.CANA PICADA USICAMP - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82130", "13273")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82130", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82140", "13274")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82140", " Caminhão MERCEDES BENZ L 2635 6X4 - 1997/1998 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82141", "13276")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82141", " REB.CANA PICADA USICAMP - 2003/2003 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82149", "13278")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82149", " REB.CANA PICADA USICAMP - 2006/2006 - LOC: Paranacity, PR")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82145", "13281")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82145", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82143", "13286")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82143", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82134", "13290")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82134", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84347", "13295")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84347", " Reb.Cana Picada Usicamp - 2003/2003 - LOC: PARANACITY, PR")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82142", "13299")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82142", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82153", "13300")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82153", " Caminhão Volvo FM 440 6X4R - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>126.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82072", "13301")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82072", " CAMINHÃO MERCEDES BENZ 2428 - 2005/2006 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82151", "13304")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82151", " Reb.Cana Picada Usicamp - 2005/2005 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82071", "13305")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82071", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82137", "13306")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82137", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82135", "13307")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82135", " Volvo VM 330 6X4R - 2014/2014 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>92</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>202.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82136", "13312")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82136", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82146", "13313")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82146", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82069", "13314")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82069", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82073", "13316")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82073", " Volvo VM 330 6X4R - 2014/2014 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>198.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82068", "13318")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82068", " Volvo FM12 380 6X4R - 2005/2005 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>114.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82148", "13319")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82148", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82152", "13320")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82152", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82150", "13326")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82150", " Reb.Cana Picada Usicamp - 2007/2007 - LOC: Terra Rica, PR")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>