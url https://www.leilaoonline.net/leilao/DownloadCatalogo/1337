--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,2107 +269,1847 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84319", "102")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84319", "I/M. BENZ 415 CDI SPRINTER M; 2016/2017; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>92.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84320", "103")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84320", "I/M. BENZ 415 CDI SPRINTER M; 2015/2016; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>87.700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84321", "104")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84321", "I/M. BENZ 415 CDI SPRINTER M; 2014/2015; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>81.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84322", "105")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84322", "I/M. BENZ 415 CDI SPRINTER M; 2013/2014; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>62.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84324", "106")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84324", "I/M. BENZ 415 CDI SPRINTER M; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>107.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84325", "107")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84325", "I/M. BENZ 415 CDI SPRINTER M; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>107.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84326", "108")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84326", "I/M. BENZ 415 CDI SPRINTER M; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>107.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83113", "119")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83113", "veja o vídeo!! I/HYUNDAI I30 2.0; 2011/2012; PRETA; GASOLINA; IPVA 2021 PAGO - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>26.200,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82897", "120")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82897", "veja o vídeo!! FORD/FIESTA HA 1.6L TI A; 2013/2014; BRANCA; ALCO./GASOL.; IPVA 2021 PAGO - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82901", "200")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82901", "I/JINBEI TOPIC L; 2012/2012; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82904", "201")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82904", "veja o vídeo!! M. BENZ/ACTROS 2646LS6X4; 2011/2012; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>151.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82903", "202")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82903", "veja o vídeo!! GM/BLAZER COLINA 4X4; 2005/2005; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>99</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>36.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84251", "206")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84251", "veja o vídeo!! I/MINI COOPER S CLUBMAN; 2010/2011; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82898", "207")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82898", "HB20 10M VISION; 2019/2020; BRANCA; ALCO./GASOL.; IPVA 2021 PAGO - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84219", "208")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84219", "veja o vídeo!! HONDA/HR-V EX CVT; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>68.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83123", "209")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83123", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2018/2019; VERMELHA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82896", "210")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82896", "veja o vídeo!! I/HYUNDAI; AZERA 3.0 V6; 2012/2013; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83788", "211")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83788", "veja o vídeo!! GM/CHEVROLET D20; 1985/1985; CINZA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>34.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82899", "212")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82899", "veja o vídeo!! I/FORD FUSION AWD GTDI; 2013/2014; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84171", "213")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84171", "veja o vídeo!! HONDA/HR-V EX; 2019/2020; VERMELHA; ALCO./GASOL.; APROX. 11.000KM - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>71.250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82902", "215")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82902", "veja o vídeo!! HYUNDAI/TUCSON GLSB; 2011/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84323", "216")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84323", "CHEVROLET/S10 LT DD2A; 2015/2015; PRATA; DIESEL; IPVA 2021 PAGO - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>82.300,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82900", "219")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82900", "I/CHEV SONIC LT HB MT; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>20.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82937", "220")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82937", "veja o vídeo!! RENAULT/DUSTER 20 D 4X2; 2016/2016; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83789", "221")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83789", "HONDA/CIVIC LXR; 2014/2014; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84247", "222")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84247", "veja o vídeo!! I/GM; CAPTIVA SPORT 2.4; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82908", "223")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82908", "veja o vídeo!! I/AUDI A4 2.0T FSI; 2006/2007; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84249", "224")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84249", "veja o vídeo!! RENAULT/SANDERO AUT1016V; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84250", "225")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84250", "veja o vídeo!! CITROEN/C3 90M TENDANCE; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82910", "226")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82910", "AUDI/A3 1.8T; 2004/2005; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82911", "227")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82911", "veja o vídeo!! I/HYUNDAI AZERA 3.3 V6; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84344", "228")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84344", "AUDI/A3 1.8T; 2004/2004; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>12.800,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82905", "232")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82905", "veja o vídeo!! I/CHERY; QQ 1.1; 2013/2014; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82907", "235")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82907", "veja o vídeo!! GM/CELTA 2P SPIRIT; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82909", "237")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82909", "veja o vídeo!! VW/GOLF 2.0 BLACK EDIT.; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82906", "239")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82906", "veja o vídeo!! CITROEN/C3 EXCL 16 16V; 2004/2004; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82914", "240")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82914", "FIAT/UNO 1.6 R MPI; 1993/1993; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>7.450,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82915", "241")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82915", "veja o vídeo!! RENAULT/LOGAN EXP 16; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82917", "244")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82917", "veja o vídeo!! HONDA/FIT LX; 2003/2004; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82920", "245")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82920", "veja o vídeo!! I/CHERY FACE 1.3; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82916", "246")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82916", "CITROEN/C3 GLX14 FLEX; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82912", "250")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82912", "veja o vídeo!! VW/SANTANA; 2001/2001; BRANCA; ALCO./GÁS NATURAL VEICULAR - FUNCIONANDO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84220", "251")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84220", "veja o vídeo!! VW/VOYAGE CL 1.8; 1992/1993; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>10.800,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82918", "260")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82918", "veja o vídeo!! GM/KADETT IPANEMA GL; 1996/1997; FANTASIA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82922", "265")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82922", "KOMBI COM CÂMARA FRIA; ANO 2006; FLEX - FUNCIONANDO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82919", "270")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82919", "veja o vídeo!! VW/GOL 1.0; 2003/2003; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82921", "271")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82921", "veja o vídeo!! VW/ FUSCA 1300; 1970/1970; AZUL - FUNCIONANDO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>8.450,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82913", "287")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82913", "veja o vídeo!! VW/VOLKSWAGEN FUSCA ; 1969/1969; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>6.700,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84345", "290")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84345", "veja o vídeo!! VW/GOL GTS; 1993/1993; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>16.700,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82936", "291")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82936", "veja o vídeo!! VW/GOL GTS; 1992/1992; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>12.200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82924", "292")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82924", "veja o vídeo!! VW/GOL 1000; 1994/1994; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>4.450,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82935", "293")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82935", "veja o vídeo!! VW/GOL GTS; 1987/1988; BRANCA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>10.300,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82934", "294")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82934", "VW/GOL GTS; 1991/1992; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>18.550,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82925", "295")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82925", "veja o vídeo!! VW/FUSCA 1300 L; 1977/1977; BRANCA - FUNCIONANDO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82930", "296")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82930", "veja o vídeo!! VW/PASSAT LS; 1977/1977; MARROM; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82927", "297")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82927", "veja o vídeo!! VW; TL 1600; 1974")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82932", "298")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82932", "veja o vídeo!! VW/FUSCA 1300; 1972/1972; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82929", "299")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82929", "veja o vídeo!! FORD/BELINA; 1976/1976; MARROM; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83795", "300")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83795", "veja o vídeo!! VW/GOL GTS; 1988/1989; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>10.600,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84248", "301")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84248", "veja o vídeo!! VW/GOL GTS; 1988/1988; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>14.200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82928", "302")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82928", "vídeo novo!! GM; MONZA SL/E; 1984/1984; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82931", "304")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82931", "VW/FUSCA; 1983/1983; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>9.100,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82926", "310")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82926", "22 PNEUS DIVERSOS - MEDIDAS NAS ESPECIFICAÇÕES")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84030", "311")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84030", "JOGO DE RODAS ARO XX COM PNEUS 205/55/16")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82933", "400")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82933", "KIT GÁS GNV")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>