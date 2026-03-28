--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82939", "073")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82939", " CHASSI CAMINHÃO AGRALE/AUTO LIFE TROIA 8, ANO: 08/09 PLACA:  HSI 1672 RENAVAM:  115713166 CHASSI:  9BYC2011L9C000079 ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82940", "074")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82940", " CHASSI CAMINHÃO MB 710, ANO: 96/97 PLACA:  CHP 5913 RENAVAM:  668312459 CHASSI:  9BM688156TB106394")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82943", "075")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82943", " CHASSI CAMINHÃO CARGO 815, ANO: 03/03. PLACA:  CZZ7718 RENAVAM:  816082995 CHASSI:  9BFV2UHG03BB27955")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82941", "076")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82941", " CHASSI CAMINHÃO, MB 710, ANO: 00/00. PLACA:  CZB4B19 RENAVAM:  737758490 CHASSI:  9BM688156YB231448")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82944", "077")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82944", " CHASSI CAMINHÃO CARGO 815 RHINUS800, ANO: 04/04. PLACA:  HRO5956 RENAVAM:  839957319 CHASSI:  9BFV2UHG44BB36062")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82942", "078")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82942", " CHASSI CAMINHÃO, MB 914, ANO: 97/97 PLACA:  MPK7578 RENAVAM:  681619791 CHASSI:  9BM688133VB132286")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>