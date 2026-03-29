--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,2459 +269,2155 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7622", "538")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7622", "CASA DE FORÇA, VIDE DESCRITIVO DE ITEN, S/FR. UND IPAUSSU")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7604", "558")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7604", " COLHEDORA DE CANA CASE, ANO 2010, FR49527, IMOB. 243473, UND IPAUSSU")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7606", "559")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7606", " COLHEDORA DE CANA CASE, ANO 2010, FR62218, IMOB. 83904, UND IPAUSSU")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7616", "560")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7616", "GM/ S10  ADVANTAGE, ANO/MOD 2011, PLACA ERS4082, COMB, FLEX, FR168719, UND IPAUSSU           ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7649", "562")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7649", "SUCATA DE BORACHA, PESO APROX. 3Ton E SUCATA DE MANGUEIRA E COM FLANGE 300 KG APROX, S/FR, UND IPAUSSU")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7664", "563")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7664", "SUCATA DE REATORES ELÉTRICOS E OUTROS APROX. 400KG, S/FR, UND IPAUSSU")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>260,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7665", "564")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7665", "SUCATA DE VALVULAS, MOTORES E BOMBAS, PATRIM. DE 1 VALV. 79172, UND IPAUSSU")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7746", "565")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7746", "SUCATA DE FERRO EIXO DE MOENDA, VENDA POR LOTE  PESO ESTIMADO12 TON, S/FR, UND IPAUSSU")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7615", "2384")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7615", " SUCATA DE MOTOR DE VARIADOR, MARTELETE E OUTROS, PAT 76749E 77211, UND DIAMANTE")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7619", "2387")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7619", "GUINDASTE E OUTROS PERIFÉRICOS, S/FR, UND DIAMANTE (LOC; lLOTE  PORTO BARREIRO)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7666", "2389")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7666", "LAN MATERIAL DE VINHAÇA PESOAPROX 2 TON, S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7821", "2390")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7821", "EIXO DE MOENDA VENDA POR LOTE PESO ESTIMADO 10 TONELADA, UND DIAMANTE")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.650,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7847", "3000")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7847", " CARRETA DE SERV. DIVERSOS FAB PROPRIA COM 2 CONTAINER  ACOPLADOS E 1 MOTOR, UND BARRA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7597", "3004")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7597", "7 PISTOES, S/FR, UND BARRA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7953", "3005")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7953", "1 REDUTOR - CESTARI PATRIM. UND BARRA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7599", "3006")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7599", "TUBOS DE EVAPORAÇÃO DE INOX FERROSO - APROX 5 TON, LOTE PREÇO POR KG, S/FR, UND BARRA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.450,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>0.01</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7600", "3007")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7600", "TUBOS DE EVAPORAÇÃO APROX. 2 TON LOTE PREÇO POR KG , S/FR, UND BARRA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.940,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>0.01</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7653", "3008")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7653", "TRATOR MASSEY FERGUSSON 7140 4X4 4RM, ANO 2010, SÉRIE7140298517, FR93141 IMOB 246692-0. UND BARRA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7655", "3010")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7655", "VOLUTA DE BOMBA INOX E FERRO  PESO ESTIMADO 1 TON, S/FR, UND BARRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7656", "3011")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7656", "SUCATA DE TUBOS DE FIBRA, PESO ESTIMADO 2 TON, UND BARRA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7658", "3012")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7658", "PISTÕES DE PA CARREGADEIRA ,TANQUE DE INOX  E CABINE DE CAMINHÃO 3/4, S/FR, UND BARRA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7660", "3013")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7660", "MOTO SOLDADORA, FR102474, UND BARRA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7661", "3014")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7661", "2 MOTORES, 1 MOTOR DE SCANIA 113 E 1 MOTOR PERKINS, S/FR, UND BARRA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7662", "3015")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7662", "REBOQUE RODOVIARIA 7,60M COM BAU, ANO 1983, PLACA BWQ5347, S/FR, UND BARRA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7663", "3016")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7663", "10 REDUTORES, DIVERSAS MARCAS, IMOB. 47959/48585/47867/48604/48718/48583/48602 E 49508, UND BARRA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7822", "3017")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7822", "SUCATA MISTA , FERRO,COBRE, INOX FERROSO, VENDA POR LOTE, UND BARRA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.350,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7823", "3018")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7823", "5 REDUTORES PATR. 82174, 70919,70918,82173 e 70894, UND BARRA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7950", "3019")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7950", "90 BOMBAS COSTAIS - 70 BOMBAS DE PLASTICO E 20 BOMBAS DE INOX, S/FR, UND BARRA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7951", "3020")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7951", "MISTURADOR RIBBON BLENDER, PESO ESTIMADO 2T, S/FR, UND BARRA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7952", "3021")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7952", " 1 REDUTOR  PESO ESTIMADO 300KG PATRIMONIO 81161  ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7954", "3844")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7954", "RESFRIADOR CHILLER YORK PLCO 116 DX, IMOB. BAR2-50348-0, , (LOC.DESTILARIA), UND BARRA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7620", "3908")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7620", " CARRETA TORTA DE FILTRO, FR103621, UND. BARRA ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7626", "3928")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7626", "ESTUFA CULTURA FANEM 002-CB, PAT28161UND BARRA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7607", "3954")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7607", "ANEL DE PALM - BOBI DE PORCELONA, S/FR, UND BARRA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7624", "3966")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7624", " 10 VARIADORES APROX.  E ISOLADORES DE PORCELANA  (7 TON PESO ESTIMADO PARA CARGA)")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7611", "3986")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7611", "SUCATA DE VIDRO, S/FR, UND BARRA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7609", "4516")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7609", " 2 HIDRO ROLL, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7625", "4549")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7625", " CAIXOTE CANA PICADA, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7612", "4550")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7612", " CARROCERIA CANA PICADA, PAT. 55020, UND COSTA PINTO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7613", "4556")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7613", " TRANSBORDO SANTAL 8 T , FR93805, UND COSTA PINTO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7627", "4557")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7627", " TRANSBORDO SANTAL 8 T , FR93806, UND COSTA PINTO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7828", "4558")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7828", "CHEVROLET/S10 LS, ANO 2013, PLACA FFF5381, FLEX, FR63542, UND COSTA PINTA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7845", "4559")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7845", "SUCATA CAMINHÕES SCANIA/T113 E 6X4 310, ANO/MOD 1992/93, PLACA BQF1064, FR52855, UND COSTA PINTO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>18.100,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7831", "4560")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7831", "PÁ CARREGADEIRA ZL50G, SÉRIE ZZKLHEKl, FR58513, UND COSTA PINTO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7832", "4561")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7832", "CARRETA TRANSP. DE TUBOS, FR57236, UND COSTA PINTO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7833", "4562")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7833", "CARROCERIA DE CANA INTEIRA, FR57583, UND COSTA PINTO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7834", "4563")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7834", "MOTO BOMBA C/MOTOR, TURBINA, S/FR. UND COSTA PINTO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7835", "4564")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7835", "CONTAINER REFRIGERADO MARCA CARLISLE, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7837", "4565")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7837", "CONTAINER REFRIGERADO MARCA CARLISLE, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7838", "4566")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7838", "CONTAINER REFRIGERADO MARCA CARLISLE, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>3.450,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7843", "4567")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7843", "VIDROS DIVERSOS DE PORTAS E JANELA, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7844", "4568")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7844", "100 CADEIRAS DE ESCRITÓRIO DIVERSAS 70% SEM GRANDES AVARIAS, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7715", "5506")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7715", "TANQUE DE FILTRAGEM. INVENTARIO 214659/214655, UND BONFIM")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7623", "8325")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7623", " TRANSFORMADOR TRIFASICO (Á OLEO) INDUSLET - 5000KVA, FR210997, UND RAFARD")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>7.100,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7603", "8350")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7603", "1 MAQ. SOLDA, 1 MOTOR DE COMPRESSOR, 3 ROÇADEIRADEIRAS. 2 BALÇÃO DE REFEITÓRIO, ATIVO 069772, UND RAFARD")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7839", "8352")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7839", "SONDA  AMOSTRA DEDINI, Nº IMOB. BAR2-113953-0, UND RAFARD")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7842", "8354")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7842", "17  CONJUNTOS CADEIRAS E MESAS DE REFEITÓRIO (1 MESA E 4 CADEIRAS) QDA APROXIMADA, S/FR, UND RAFARD")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7830", "9165")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7830", "CHEVROLET/S10 LS, ANO/MOD 13/13, PLACA FEP2124, FR140002, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>34.250,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7841", "9167")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7841", "CAIXA D'AGUA APROX, 3000LTS, S/FR, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7610", "11490")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7610", " REBOQUE CORONA 7,60 M, ANO 1982, PLACA BKE6685, FR121369, UND. BONFIM ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7849", "11493")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7849", " REBOQUE FACCHINI 7,50 M, ANO 1994, PLACA BKE 4113, FR121163, UND. BONFIM ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.100,01</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7848", "11496")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7848", " REBOQUE FACCHINI 7,50 M, ANO 1994, PLACA BKE 4201, FR121176, UND. BONFIM ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7736", "11505")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7736", " CAMINHÃO M.BENZ 2220 6X4, ANO 1987, PLACA CWJ0324, FR10090, UND SERRA")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7737", "11506")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7737", " CAMINHÃO SCANIA R113 6X4 360 TANQUE, ANO 1993, PLACA  BQF3187, FR45023, UND SERRA")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7739", "11507")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7739", " CAMINHÃO M.BENZ 2220 6X4, ANO 1990, PLACA CZN6864, FR360134, UND SERRA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7734", "11508")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7734", " CHEVROLET S10, ANO 2014/15, PLACA  FQN3683, FR18015, UND SERRA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>45.250,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7738", "11509")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7738", " CAMARA FRIA (LAB.SACOROSE) INVENTARIO 170647, UND SERRA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7621", "12164")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7621", "LOTE DE PEÇAS SCANIA, S/FR, UND JUNQUEIRA")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7670", "12245")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7670", "GM/S10 ADVANTAGE D , ANO 2010/11, PLACA EAA9752, FR92283, UND JUNQUEIRA")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7671", "12246")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7671", "GM/S10 ADVANTAGE D, ANO 2009/10, PLACA EAA9406, FR92285, UND JUNQUEIRA")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>18.250,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7672", "12247")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7672", "ESTUFA ODONTOLÓGICA, INVENT 181423, UND JUNQUEIRA")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7846", "15300")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7846", " 1 MAQ. SOLDA E 01  GERADOR SOLDA, S/FR, UND BOM RETIRO")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7602", "15301")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7602", " 1 LOTE DE PISOS INDUSTRIAIS (CALDEIRA), S/FR, UND BOM RETIRO")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7617", "16160")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7617", "CENTRIFUGA, BALANÇA E CUMIEIRAS, S/FR, UND SANTA HELENA")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7608", "16183")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7608", " TANQUE DIESEL, Nº IMOB. BAR2-90486-0, FR 208253, UND SANTA HELENA")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7618", "16201")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7618", "TURBINA, FR208333, UND SANTA HELENA")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>