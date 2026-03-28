--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84617", "031")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84617", "APAR AUDIO CONFERENCIA AETHRA THE VOICE C 05 MICRO-LOC. Parada de Lucas / RJ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84618", "032")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84618", "BEBEDOURO ELETRICO PRESSAO 40 L MASTERFRIO 110 V A - LOC. Parada de Lucas/ RJ ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84619", "033")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84619", "INDICADOR DIGITAL 9091 KIT LOOP DE CORRENTE P BALA - LOC. Parada de Lucas / RJ ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84620", "034")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84620", "REFILADORA DE PAPEL MARCA LASSANI MED  46 CM - LOC. Parada de Lucas/ RJ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84621", "042")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84621", "MAQUINA DE CAFE EXPRESSO SAECO  MOD STRATOS - LOC. Parada de Lucas/RJ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84622", "043")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84622", "MAQUINA FRAGMENTADORA DE PAPEIS MOD AS702-MX - LOC. Parada de Lucas/ RJ ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84623", "044")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84623", "COFRE DE ACO MARCA VULCANO N  4174 - loc. Parada de Lucas/ RJ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84612", "051")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84612", "CAMERA DIGITAL SAMSUNG DIGIMAX 301 401, LOC. PARADA DE LUCAS/ RJ ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84613", "052")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84613", "APARELHO FAX COM SECRETÁRIA ELETRONICA, PANASONIC, LOC. PARADA DE LUCAS / RJ ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84614", "056")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84614", "CROWN PW3520-80, ANO 2009, ID 2136, COR CINZA, LOC. SOBRAL /CE ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84615", "057")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84615", "CROWN PW3520-80, ANO 2009, ID 2137, COR CINZA, LOC.SOBRAL /CE ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84616", "058")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84616", "CROWN PW3520-80, ANO 2009, COR CINZA, LOC. SOBRAL /CE ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84624", "066")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84624", "CARCAÇA DE TRANSFORMADOR, CINZA , TR-8 / Plaqueta 025477, LOC. ARAÇARIGUAMA / SP ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84640", "067")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84640", "COMPRESSOR DE AR M/PRIMAX, 2 ESTÁGIOS, 300 L, C/MOTOR WEG 10 CV. LOC. SANTA ISABEL")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84641", "068")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84641", "APARELHO FAX PANASONIC MOD KXPR-67 C SECRETARIA LOC. PARADA DE LUCAS, RIO DE JANEIRO, RJ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84642", "069")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84642", "ESCAVADEIRA LIEBHERR, R944C, ANO 2010 AMARELA DIESEL/ SANTA ISABEL")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84643", "070")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84643", "CELULAR NOKIA 6225 S N 2541A1BB TEL  021-98015858  LOC. PARADA DE LUCAS - RIO DE JANEIRO / RJ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84644", "071")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84644", "CARRINHO PERFIL - LOC. PARADA DE LUCAS, RIO DE JANEIRO/ RJ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84645", "072")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84645", "M-TEC, DUOMIX, 2001 BRANCO/AZUL LOC. CURITIBA, PR")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84646", "073")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84646", "SKAN, EP1200 - ANO 1999 AMARELA ELÉTRICA LOC. SANTA HELENA, CE")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>