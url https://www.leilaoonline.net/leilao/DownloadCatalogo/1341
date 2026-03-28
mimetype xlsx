--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84999", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84999", " Caixa d'água de fibra - 5 Mil litros")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85016", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85016", "Lote com: Filtro e Motor -  Para Piscina")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85012", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85012", " Geladeira e freezer Consul")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85003", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85003", " Filtros Indústriais para Carvão e Areia")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85014", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85014", " Lote com: 1 uni. Codificadora Inkjet Willet 430")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85010", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85010", "Lote com:  1 uni. Codificadora Inkjet Willet 430 - Revisada")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85005", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85005", "Empacotadora Indumak - Automática")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85006", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85006", " Peletizadora Xavantes P/ Ração")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85011", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85011", " 20 Kg de 8010 Para Álcool Gel")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85001", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85001", " 15 Kg de 8010 Para Álcool Gel")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85013", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85013", " Pegeout 206 - 1.6 Allure FX - 2008/2008 ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85009", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85009", " Ford Ecosport XLT 1.6 Flex - 2008/2009")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85015", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85015", " Máquina de Sorvete Taylor 754")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85007", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85007", " Lote com: Aprox. 500 Unidades de Niveladores de Piso e 1 unid. Alicate")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85008", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85008", " Tanque de Aço Inox 1000 LTS com misturador")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85002", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85002", " Lote com: 3 unid. micro motores ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85004", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85004", " Lote com: 1 unid. bicicleta ergométrica e 1 unid. cama elástica")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...365 lines deleted...]
-      </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85000", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85000", " Lote com: 4 unidades de Monitores e peças de computadores")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>