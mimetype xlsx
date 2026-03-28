--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1691 +269,1483 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84203", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84203", " Quadro para ferramenta com ganchos, sem uso   macaco hidráulico 20 toneladas, sem uso.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84100", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84100", "( 3 itens) 2 bancos + 1 suporte + kit ferragem para prateleira podendo montar até  8.00 metros de comprimento x 2.40 de altura . Sendo 10 colunas  de 2.40 mts de altura + 6 bandeja + 7 hastes simples. Produto usado.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84214", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84214", " ( 2 itens) Macaco hidropneumatico  capacidade 20 toneladas sem uso   chave de roda 30x33, sem uso.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84206", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84206", " ( 3 itens) macaco jacaré com maleta 2 toneladas   2 cavaletes para 2 toneladas   macaco hidráulico capacidade 8 toneladas, todos os itens sem uso.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84215", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84215", " (5 itens) 2 cavaletes para 2 toneladas   descolador de pneus profissional manual   2 espátula  profissional, itens sem uso.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84101", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84101", "Lava louça brastemp  0.60x0.50. Funcionando")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84106", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84106", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84107", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84107", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84103", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84103", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84114", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84114", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84216", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84216", " (2 itens) vulcanizadora de pneus profissional sem uso   chave pneumática encaixe de 1/2, sem uso.  ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84205", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84205", " Maleta de alumínio carrinho com ferramentas 186 peças de qualidade superior, sem uso. Chave de impacto e vulzanicazora.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84088", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84088", " 10 protetores de camara de ar aro 20   10 protetores de camara de ar aro 16   10 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>520,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84087", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84087", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84097", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84097", "2 pares de lampadas led automotiva H11/ H16 /H8 Philips ultinon. Pouco uso.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84093", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84093", "Macaco jacaré sem uso capacidade 4 toneladas p/empilhadeira + 75 rodas diversas usadas.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84110", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84110", " 8 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84102", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84102", " 8 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84111", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84111", " 8 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84113", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84113", " 16 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84104", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84104", " 16 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84098", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84098", " 5 pneus de trilha")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84109", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84109", " 32 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84105", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84105", " 32 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84089", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84089", "Balanceadora para rodas de veiculos de passeio, usada. +  Calibrador digital completo, sem uso. +  6 pneus  de moto usados")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.520,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84213", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84213", " (14 itens ) 9 relógios  com pêndulo  retro   5 porta cápsulas doce gosto retro")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84204", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84204", " (8 itens) 1 macaco hidráulico 10 toneladas sem uso   1 mangueira espiral sem uso   1 chave de roda27x30 usada  4 calibradores usados   1 bomba manual usada.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84207", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84207", " ( 2 itens) 1 macaco hidropneumatico 20 toneladas  sem uso na caixa   1 desfocimetro solta fácil com 4 soquetes sem uso.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>960,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84210", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84210", " ( 5 itens) 1 desforcimetro solta fácil  com 4 soquete sem uso   1 macaco hidráulico  10 toneladas sem uso   2 espátula  e 1 trava usada. ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84112", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84112", " 64 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84208", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84208", " ( 2 itens) 1 jogo de soquete com 24 peças   1 lixadeira politriz 7" sem uso .")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...38 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84212", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84212", " (3 itens) 1 jogo soquete com 24 peças   1 lixadeira politriz 7"   1 alicate corta corrente 30"  tudo sem uso.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84209", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84209", " ( 2 itens) chave pneumática  impacto 1" sem uso na caixa   macaco hidráulico  8 tonelada sem uso ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84211", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84211", " Micro-ondas Brastemp sem garantia de funcionamento.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84218", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84218", "Bicicleta raridade para colecionador caloi Cruiser light ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84222", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84222", " (8 itens) 1 bomba de encher manual sem uso  uma bomba de pedal  1 multímetro  sem uso   1 jg de serra copo sem uso  1 bico pulverizador   1 compressor compacto   2 bateria automotiva.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84225", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84225", " ( 3 itens ) 1 macaco 8 toneladas sem uso   1 numerador de pneus sem uso   1 alicate corta vergalhao sem uso.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84224", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84224", " ( lote 6 itens) 1 chave de impacto 1/2 sem uso  1 bomba manual  1 alicate de poda   1 kit serra copo bimetal   1 multímetro digital   1 pistola de cola quente")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84228", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84228", " ( lote 7 itens) 1 bico de jato água   1 bomba manual  1 alicate de poda   1 kit serra copo bimetal   1 multímetro digital   1 pistola de cola quente  1 jg chave combinada 12 pc.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84223", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84223", " (Lote 4 itens) sem uso. 1 multímetro digital   1 bomba manual   1 alicate amperímetro   1 alicate de poda.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84226", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84226", " ( lote 7 itens) sem uso 3 kit reparo pneu sem camara   1 bomba manual   1 multímetro digital   1 lanterna   600 remendo vipal para pneus")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84227", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84227", " (Lote 8 itens) sem Uso 4 kit reparo pneus sem camara   1 riscador de pneus manual   2 alicate de bico  mais 300 peças  de rodar de caminhão  diversas.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84221", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84221", " ( 4 itens) sem uso . 1 chave pneumática encaixe  de 1/2   1 esguicho de mangueira   1 multímetro digital   1 multímetro com sensor de temperatura.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84092", "048")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84092", " Balde para troca de oleo de cambio e diferencial capacidade 14 litros, produto sem uso.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84096", "068")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84096", "  ( 4 itens) 1 maleta de ferramentas 117 Pç    1 cabo de bateria   1 arco de serra   1 multimetro. Sem uso.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84095", "070")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84095", " ( 3 itens) 1 pistola de pintura   1 jg chave fenda e philips   1 pistola  de cola quente  Sem uso. ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...622 lines deleted...]
-      <c r="E32" s="5" t="inlineStr">
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84080", "076")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84080", " Farol automotivo. Sem uso +  Gabinete de informática altura 26 cm, largura 53 cm , profundidade 37 cm. +  Diversas peças para rodoar de caminhão, sem uso.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84083", "081")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84083", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84086", "082")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84086", " 10 Protetor de câmara de ar de caminhão aro 22, sem uso.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84081", "089")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84081", " 4 rodas de ferro aro 14 usadas para aplicação  volkswagem +  4 rodas de ferro aro 13, usadas, linha volkswagem.+  Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84085", "098")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84085", " 12 pares de manete de motos diversas, produto sem uso.+ 3 pares de manete de motos diversas   6 pares de manete de moto anodizado   1 par de manopla.  produto sem uso. +  10 suportes para capacete para expor em loja. ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F32" s="4" t="inlineStr">
-[...926 lines deleted...]
-      </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84082", "105")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84082", " 2 gabinetes de informática com diversas peças dentro. Altura 0.39 cm largura 0.53 cm profundidade 0.67 cm")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>