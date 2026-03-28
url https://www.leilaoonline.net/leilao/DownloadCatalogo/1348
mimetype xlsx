--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84176", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84176", " SUCATAS DIVERSAS ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84179", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84179", " GUINCHO HIDRAULICO Patrimônio:  873")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84180", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84180", " MACACO HIDR. JACARÉ Patrimônio:  17816")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84177", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84177", " MACACO HIDR. JACARÉ Patrimônio:  17817")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84178", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84178", " ELEVADOR 4000kg Patrimônio:  19905")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84185", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84185", " ELEVADOR 2500kg Patrimônio:  19903")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84184", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84184", " COLETOR COMPACTADOR 15m³ Patrimônio:  14316")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84182", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84182", " COLETOR COMPACTADOR 12m³ Patrimônio:  14625")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84188", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84188", " COLETOR COMPACTADOR 12m³ Patrimônio:  19983")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84183", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84183", " GOL SPECIAL VOLKSWAGEM AUTOMÓVEL Patrimônio:  9404 ANO / MOD:  2005 PLACA BNZ2720 CHASSI:  9BWCA05Y85T108158 RENAVAM:  851337376 OBS:  Funciona")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.950,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84181", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84181", " GOL 1.0 VOLKSWAGEM AUTOMÓVEL Patrimônio:  5549 ANO / MOD:  1994 PLACA GPV2772 CHASSI:  9BWZZZ30ZRT033824 RENAVAM:  618808787 OBS:  Funciona")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84189", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84189", " PÁLIO ELX 1.4 FIAT AUTOMÓVEL Patrimônio:  20831 ANO / MOD:  2006 PLACA ANK9762 CHASSI:  9BD17140A62708281 RENAVAM:  875361935 OBS:  Funciona")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84186", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84186", " SANTANA 2000 VOLKSWAGEM AUTOMÓVEL Patrimônio:  5817 ANO / MOD:  2001 / 2002 PLACA BNZ2750 CHASSI:  9BWAE03X02P001115 RENAVAM:  770598196 OBS:  Funciona")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84187", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84187", " MOTOR FUNDIDO - S-10 2.2 CHEVROLET CAMIONETA Patrimônio:  20829 ANO / MOD:  2000 PLACA NEQ3045 CHASSI:  9BG124A80YC424865 RENAVAM:  736572180")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84195", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84195", " FIORINO 1.3 FIAT FURGÃO AMBULÂNCIA Patrimônio:  14944 ANO / MOD:  2011 / 2012 PLACA DBS4518 CHASSI:  9BD255429C8914769 RENAVAM:  327081627 OBS:  Funciona")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84199", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84199", "MOTOR FUNDIDO  -   SPRINTER MERCEDES BENS FURGÃO , ambulância. Patrimônio:  5496 ANO / MOD:  1999 / 2000 PLACA BNZ2712 CHASSI:  8AC690330YA538256 RENAVAM:  739188062")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84200", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84200", " KOMBI 1.6 (SEM MOTOR) VOLKSWAGEM MISTA Patrimônio:  5371 ANO / MOD:  1998 / 99 PLACA CDZ9072 CHASSI:  9BWZZZ237WP012484 RENAVAM:  705075346")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84198", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84198", " KOMBI 1.6 VOLKSWAGEM MISTA Patrimônio:  5373 ANO / MOD:  1998 / 99 PLACA CDZ 9073 CHASSI:  9BWZZZ237WP011360 RENAVAM:  703066145 OBS:  Funciona")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84190", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84190", " TRATOR 265 MASSEY FREGUNSON Patrimônio:  2853 ANO / MOD:  1987")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84194", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84194", "CALÇO HIDRÁULICO. -  MOTONIVELADORA 12E CATERPILLAR Patrimônio:  2845 ANO / MOD:  1969. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84196", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84196", " MOTONIVELADORA 120B CATERPILLAR Patrimônio:  2846 ANO / MOD:  1978")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84191", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84191", " MOTOR FUNDIDO - CAMINHÃO F-12.000 - 160 FORD Patrimônio:  6468 ANO / MOD:  2002 PLACA BNZ2714 CHASSI:  9BFXK82F92B073440 RENAVAM:  785591419 . motor incompleto / fundido.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84192", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84192", " MOTOR FUNDIDO - CAMINHÃO VW 11.140 VOLKSWAGEM Patrimônio:  2832 ANO / MOD:  1990 PLACA CDZ9081 CHASSI:  9BWZZZF27LC022227 RENAVAM:  375532030")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84197", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84197", " MOTOR FUNDIDO - CAMINHÃO TECTOR 170E22 IVECO Patrimônio:  19925 ANO / MOD:  2014 PLACA FQT5625 CHASSI:  93ZA1RGH0E8927176 RENAVAM:  1013989560")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84193", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84193", " FURGÃO (SEM MOTOR) DUCATO 2.3 FIAT Patrimônio:  17872 ANO / MOD:  2013 / 14 PLACA BNZ2745 CHASSI:  93W245624E21199880 RENAVAM:  581910419")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>118</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>32.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84201", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84201", " CAPÔ (sem uso) de FORD (Sapão) ANO / MOD:  2002")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...734 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84202", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84202", " CAMINHÃO 11130 VW CAMINHÃO ANO / MOD:  1985 PLACA CDZ 9094 CHASSI:  V014739 RENAVAM:  374867097 OBS:  Funciona")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>