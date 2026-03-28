--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,955 +269,839 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84253", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84253", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 128 - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>27.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84252", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84252", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 313 - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>27.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84258", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84258", "IVECO; DAILY 35S14HDCS; 2014/2014; BRANCA; DIESEL - PLATAFORMA - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>106.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84259", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84259", "CAMINHÃO GM/CHEVROLET 13.000 COM MUCK; 1985/1986; CAP 3.750 TON.; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>45.850,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84256", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84256", "I/FORD FUSION; 2014/2015; PRETA; GASOLINA; FROTA 070 - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84255", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84255", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84254", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84254", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>27.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84262", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84262", "I/M. BENZ 312D SPRINTER M; 1999/2000; VERMELHA; DIESEL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84263", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84263", "I/M. BENZ 312D SPRINTER M; 2001/2001; PRATA; DIESEL")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84257", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84257", "VW/KOMBI FURGAO; 2005/2005; BRANCA; GASOLINA; FOOD TRUCK - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.550,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84261", "025")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84261", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>10.600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84691", "026")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84691", "GM/BLAZER ADVANTAGE; 2009/2010; PRETA; ALCO./GASOL.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84723", "027")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84723", "GM/BLAZER COLINA; 2004/2005; BRANCA; GASOLINA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84727", "028")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84727", "I/FORD RANGER XLT 14X; 1999/1999; PRATA; GASOLINA/GAS NATURAL VEICULAR")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84728", "029")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84728", "GM/VECTRA SEDAN ELITE; 2010/2011; PRETA; ALCO./GASOL.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84729", "030")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84729", "GM/VECTRA SEDAN ELITE; 2011/2011; CINZA; ALCO./GASOL.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84260", "102")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84260", "BAÚ PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84264", "102")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84264", "I/M. BENZ 415 CDI SPRINTER M; 2016/2017; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>88.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84265", "103")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84265", "I/M. BENZ 415 CDI SPRINTER M; 2015/2016; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>73.650,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84266", "104")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84266", "I/M. BENZ 415 CDI SPRINTER M; 2014/2015; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>70.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84267", "105")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84267", "I/M. BENZ 415 CDI SPRINTER M; 2013/2014; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84268", "107")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84268", "RENAULT/MASTER MBUS L3H2; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>91.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84269", "108")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84269", "RENAULT/MASTER MARIM PAS; 2017/2018; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>75.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84270", "109")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84270", "RENAULT/MASTER MBUS L3H2; 2017/2018; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84271", "110")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84271", "I/JINBEI TOPIC SL; 2013/2014; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84272", "111")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84272", "I/JINBEI TOPIC SL; 2013/2014; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>20.300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84273", "112")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84273", "CAMINHÃO FORD/CARGO 816 S COM CESTO AÉREO; 2014/2015; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>148.700,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84274", "113")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84274", "CAMINHÃO FORD/CARGO 816 S COM CESTO AÉREO; 2013/2013; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...201 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>134.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...574 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85051", "120")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85051", "VEÍCULO ANTIGO MARCA AUBURN; ANO APROX. 1929; MODELO 8-90 PARA RESTAURAÇÃO; ACOMPANHA DOIS MOTORES ORIGINAIS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>34.200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1550.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>