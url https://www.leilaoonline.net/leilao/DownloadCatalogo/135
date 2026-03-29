--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7817", "202")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7817", "HONDA, CR-V EXL,  ANO/MOD 08/08, GASOLINA, PRETA - IPVA 2017 PAGO - ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>29.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7573", "205")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7573", "I/JAC J6 2.0 DIAMOND 7 LUGARES, ANO/MOD 11/12, COR PRATA, - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>17.556,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7572", "210")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7572", " HONDA; CITY LX FLEX; 2011/2012; CINZA;  ALCO./GASOLI.;  - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7576", "230")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7576", "TOYOTA, COROLLA GLI FLEX, 2013/2014, ALCO./GASOL. PRATA - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7577", "235")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7577", "FITA STRADA ADVENTURE CD 1.8 8V, ANO/MOD 2010/2010, ALCO./GASOLINA, PRETA - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>23.600,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7574", "240")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7574", "I/ VW JETTA, ANO/MOD 07/07, GASOLINA, PRETA - IPVA 2017 PAGO - ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7580", "245")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7580", "HONDA; ACCORD LX; ANO/MOD. 2006/2007; GASOLINA; PRATA; ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>16.306,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7818", "246")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7818", "FIAT, PALIO ELX, 2008/2008, ALCO./GASOLINA, PRATA, IPVA 2017 PAGO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>12.600,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7819", "247")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7819", "HIUNDAY, HB20 1.6 PREMIUN, 2013/2014, ALCO./GASOL. VERMELHA - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>26.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7820", "248")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7820", "I; MMC LANCER 2.0, 2012/2012, CINZA; GASOLINA - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>34.750,03</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>