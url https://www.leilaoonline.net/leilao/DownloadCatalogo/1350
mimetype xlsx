--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1275 +269,1119 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84284", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84284", "veja o vídeo!! ESCAVADEIRA FIATALIS S90")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>32.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84280", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84280", "TRATOR VALMET; MODELO 88; ANO 1985; SÉRIE PRATA - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>38.650,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84283", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84283", "4 PLATAFORMAS ELEVATÓRIAS MODELO GS 2046; ANO 2007")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>87.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84676", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84676", "veja o vídeo!! RETRO ESCAVADEIRA CASE 580H; ANO APROX. 1981/1982 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>35.600,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84279", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84279", "TRATOR CBT COM PÁ CARREGADEIRA; MOTOR PERKINS 06 CILINDROS; SEM ANO DE IDENTIFICAÇÃO - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84278", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84278", "GUINDASTE BUCYRUS ERIE 12 TON.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>35.800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84281", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84281", "TRATOR FORD 5600; ANO 1984 - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84285", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84285", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>34.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84286", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84286", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007 - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>34.150,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84287", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84287", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84288", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84288", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84277", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84277", "GUINDASTE CANARINHO HYSTER - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>13.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84282", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84282", "EMPILHADEIRA MADAL 5 TONELADAS DIESEL")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84293", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84293", "TRATOR FORD 4600 C/ DIREÇÃO HIDRÁULICA E CONJUNTO DE LÂMINA FRONTAL; ANO 1981")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>30.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84299", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84299", "veja o vídeo!! VALMET 110; ANO 1980 - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84300", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84300", "PÁ CARREGADEIRA MICHIGAN 75.2; ANO APROXIMADO 1980")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84301", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84301", "TRATOR MASSEY FERGUSSON 50X; ANO 1971")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>16.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84302", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84302", "TRATOR MASSEY FERGUSSON 50X; ANO 1970")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84291", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84291", "CALCAREADEIRA MINAME DE 5500KG; ESTEIRA DE 40CM")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84292", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84292", "30 DORMENTES DE LINHA DE TREM DE 2.4M")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84294", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84294", "MOTOR MWM; TURBINADO; 6 CILINDROS; COM BOMBA KSB 100/4")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84303", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84303", "TRATOR FORD 6600; ANO APROX. 1982")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84290", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84290", "PÁ CARREGADEIRA YALE 134AM - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...15 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84289", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84289", "RETROESCAVADEIRA VALMET 65 I.D. MOD. I.V / ANO 1980")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>19.850,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84295", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84295", "TRATOR FORD 5000; ANO 1968; COM ARADO DE 3 DISCOS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84310", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84310", "veja o vídeo!! TRATOR VALMET 68; ANO 82 - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>84</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>25.150,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84312", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84312", "GRADE ARADORA 14 DISCOS; 28 POLEGADAS; MARCA TATU")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84317", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84317", "GRADE ARADORA DE ARRASTO 20X28; COMPLETA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84309", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84309", "COLHEITADEIRA MF 3640 ANO 1985 COM BOCA DE MILHO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...243 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84315", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84315", "PÁ CARREGADEIRA MODELO BOB CAT")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84304", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84304", "IMPLEMENTOS (2 SUBSOLADORES DE 1 HASTE; 1 DISCADOR DE 2 RUAS; 1 DESFIBRADEIRA SEM MOTORR")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84847", "042")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84847", "TRATOR CBT 1000; ANO 1972 - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84848", "043")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84848", "veja o vídeo!! TRATOR AGRALE; MOD. 4300; ANO 1986 - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84849", "044")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84849", "FERRAMENTAS DE USINAGEM; MACHO E COSSINETES; MARCA OSG; VÁRIAS MEDIDAS; NOVOS E USADOS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84850", "045")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84850", "CARRETEL ENROLADOR DE IRRIGAÇÃO; MARCA METAL LAVRAS; 4 RODAS; COM 320M MANGUEIRA X 90MM DE ESPESURA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84851", "046")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84851", "TRATOR VALMET; MODELO 78; ANO 1984/85; COM DUPLA EMBREAGEM - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84852", "047")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84852", "TRATOR VALMET; MODELO 80; ANO 1970; SEM BATERIA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="B23" s="4" t="inlineStr">
-[...115 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...463 lines deleted...]
-      <c r="D41" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84313", "050")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84313", "FURAKAWA RACK ABERTO ENTERPRISE 45U")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E41" s="5" t="inlineStr">
-[...222 lines deleted...]
-      </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84318", "265")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84318", "KOMBI COM CÂMARA FRIA; ANO 2006; FLEX - FUNCIONANDO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>