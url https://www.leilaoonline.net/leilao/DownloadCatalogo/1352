--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,8987 +269,7867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84380", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84380", "  Secadora de roupas Brastemp modelo BSR24CBBNA 220v 2000w")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84394", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84394", " CPU APPLE Power Mac G4 modelo M5183 100-120V/200-240V 8a/4.5a 50-60 hz, não acompanha cabos")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84401", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84401", " CPU APPLE Power Macintosh G4 100-120v - 200-240v - 7A3.5A 480W 50-60 HZ, não acompanha cabos")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84382", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84382", " CPU APPLE Power Mac G4 modelo M8570 100-1207-200-240V 6.5A/3.5A 50-60HZ , não acompanha cabos")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84386", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84386", " Notebook Apple MacBook Antigo")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>235,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84399", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84399", " Secadora de roupas Electrolux modelo ST10 127V Capacidade 10kg ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84381", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84381", " Switch Dell PowerConnect 6024 100-240 50-60hz 3.2A")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>525,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84410", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84410", " Servidor vintage HP Hewlett Packard NetServer 5/100LH  100-127v 200-240v 7.5A 4.4A")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84412", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84412", " Nobreak NHS modelo Premium Senoidal Gii 2000VA 127-220V")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84400", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84400", " Nobreak Power Sinus ii Senoidal 3200VA entrada 115/127/220v Saída 115v ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84405", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84405", " Nobreak Power Sinus ii Senoidal 3200VA entrada 115/127/220v Saída 115v ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84407", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84407", " Ultrassom Ultrasound  Ge Medical Systems Modelo 7L")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84411", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84411", " Ultrassom Ultrasound   Ge Medical Systems Modelo 7L")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84397", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84397", " Ultrassom Philips Modelo L18-5")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84402", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84402", " Ultrassom Philips Modelo L18-5")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84389", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84389", " Servidor Dell PowerEdge 2800 ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84403", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84403", " Servidor Ibm System Storage Ts2900")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84385", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84385", " 3 Nobreaks - Sendo 2 Nobreaks Uninterruptible Power System Bk Trusting 2.5 Kva, Entrada 220 Saída 110 Bateria 4.8Vcc, Nobreak Logmaster Vipmaster 6 Kva, Entrada E Saída 220 Bateria 4.8V E Um Banco De Bateria Sem Bateria (Só O Case) ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84398", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84398", " Nobreak Eaton 9130 Pw1930N1000R 220V 1Wva")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84406", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84406", " Nobreak Eaton 9130 Pw1930N1000R 220V 1Wva")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84391", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84391", " Nobreak On-Line Ups Modelo Memo 3Kva Rt 2013 220V")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84388", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84388", " Gaveta De Teclado Monitor Cirque Glidepoint")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84392", "026")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84392", " HD HITACHI 300GB COM GAVETA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84383", "027")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84383", " 4 Hd´S  Seagate 15K.5 300Gb  ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84384", "028")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84384", " 4 Hd´S  Seagate 15K.7 300Gb")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84519", "029")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84519", " 2 Hd´S Seagate 15K.6 300Gb")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84512", "030")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84512", " 2 Hd´S  Seagate Cheedah Ns2 600Gb ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84523", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84523", " Hd Hitachi 600Gb  ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84525", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84525", " Hd Hgst 300Gb")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84530", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84530", " 4 Hd´S Seagate 15K.7 300Gb ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84529", "034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84529", " 4 Hd´S Seagate 15K.7 300Gb ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84524", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84524", " 4 Hd´S Seagate 15K.7 300Gb ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84527", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84527", " 4 Hd´S Seagate 15K.7 300Gb")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84528", "037")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84528", " Amassadeira Conjugada 4 Em 1 Malta")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84526", "038")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84526", " Máquina De Lavar Lg Twinwash")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84533", "039")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84533", " Lote 06 Interfaces de  celulares  zênite PlugCell")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84531", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84531", " Lote 06 Interfaces de  celulares  zênite PlugCell")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84534", "041")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84534", " Lote 04 Interfaces de  celulares  zênite PlugCell")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84535", "042")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84535", " Rack servidor ( somente case, sem vidro)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84532", "043")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84532", " Forno Elétrico Fogatti Kr 2840A 127V")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84537", "044")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84537", " Máquina solda esab bantam 2000")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84390", "045")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84390", " Adega Dynasty Modelo 25241 127V 70W 7.7Kg")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84395", "046")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84395", " Geladeira/Refrigerador Brastemp Modelo Bri42Abana 8Kg 127V 160W  ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84396", "047")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84396", " Colchão massageador digital W.fisio entrada 100-240v 0.2a 50/60hz saída 12v 2.0a")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84393", "048")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84393", " Kit painel A3100 e botões de chamada Marca Aceno Digital")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84428", "049")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84428", " Máquina de costura/bordado Janome Memory Craft 8000 220v (não liga)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84420", "050")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84420", " Ventilador Mondial 03 velocidades 127v 80w modelo NV-45-6P")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84470", "051")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84470", " Impressora de etiqueta Dymo LabelWriter 400 modelo 93494 Com fonte ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84475", "052")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84475", " Impressora de etiqueta Dymo LabelWriter Twin Turbo modelo 93085  Com Fonte")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84538", "053")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84538", " Mesa de DJ Behringer Pro Mixer VMX 100 120V 60HZ ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84541", "054")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84541", " Mesa DJ  Giannini Gmx802v 110/220v 50/60Hz ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84536", "055")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84536", " Monitor touch Bematech modelo SB9015F AC100-240V 2A 50/60HZ , Com fonte ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84539", "057")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84539", " Lote 05 Cabos Sas Madison Cable Type Cl2 75ºc 28 Awg")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84540", "058")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84540", " Lote 02 Carousel Kodak para monitor  Kodak Carousel S")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84546", "059")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84546", " Lote 02 Carousel Kodak para monitor Kodak Carousel S")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84543", "060")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84543", " Notebook antigo Toshiba Salellite modelo PA54010 (sem fonte para carregamento)")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84510", "061")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84510", " Tuner Gradiente Esotech Quartz Lock Synthesized T - ii , 110/220V ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84545", "062")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84545", " Amplificador Marchall G15R CD 120v 45 watts ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84549", "063")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84549", " Máquina de lavar Brastemp Ative 11kg mod. BWL11ABBNA00 220V 880W ligando")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84544", "064")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84544", " Sony Compact Disc Player CDP-C322M 110/220V 12W ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84548", "065")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84548", " Amplificador Gradiente Active Servo Loop Power Amplifier A-II 110/220V")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84547", "066")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84547", " Máquina De Escrever Remington 15 ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84554", "067")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84554", " Máquina De Escrever Remington 25")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84553", "068")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84553", " Aprox. 25 Bases Carregador Motorola Diversos Modelos Sem Fonte")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84550", "069")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84550", " Aprox. 25 Bases Carregador Motorola Diversos Modelos Sem Fonte")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84552", "070")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84552", " Aprox. 25 Bases Carregador Motorola Diversos Modelos Sem Fonte")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84555", "071")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84555", " Mesa De Som  Behringer  Xenyx 1002, com fonte")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84551", "072")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84551", " Toca Discos Gradiente AT-51 110/220V ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84559", "073")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84559", " 9 Leitores Código Barras Marcas Diversas ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84558", "074")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84558", " 2 Coletores De Dados Motorola Mc3190G/Symbol Pdt 6100")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84560", "075")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84560", " 2 Coletores De Dados Motorola")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84556", "076")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84556", " 4 Coletores De Dados Symbol Pdt 3100")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84567", "077")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84567", " Máquina Lavar Consul 8Kg 127V Mod. Cwco8Abana30 Ligando")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84568", "078")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84568", " Aprox. 98 Películas De Vidro Temperada Ultra Proteção Marca Husky Galaxy J7 - Sem Flanela ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>30,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84577", "079")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84577", " Aprox. 250 Películas Gel/Vidro Motorola, Samsung, Asus")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84566", "080")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84566", " Aprox. 14 Chaves Bóia Reguladora De Nível Superior Inferior")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84573", "081")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84573", " Aprox. 36 Cartuchos - Sendo 7 Cartuchos Brother Lc60Bk, 8 Cartuchos Brother Lc60C, 7 Cartuchos Brother Lc60Y, 9 Cartuchos Brother Lc60M, 1 Cartucho Lc61M, 2 Cartuchos Brother Lc61C, 1 Cartucho Brother Lc61Y E 1 Cartucho Brother Lc61Bk")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84570", "082")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84570", " 7 Lâmpadas Ge Watt Miser-Flood Par 38 120W E 240/250V")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84578", "083")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84578", " Lotes com diversos modelos de fitas e disquetes , Aprox. 50 Fitas HP Cartridge, aprox. 120 disquetes e 06 fitas sony dvs modelos 90/60min.")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84571", "084")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84571", " Tablet De Videoconferência Cisco Cius 7K 9")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84557", "085")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84557", " Tablet De Videoconferência Cisco Cius 7K 9")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84561", "086")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84561", " Tablet De Videoconferência Cisco Cius 7K 9")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84562", "087")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84562", " Tablet De Videoconferência Cisco Cius 7K 9")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84565", "088")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84565", " Tablet De Videoconferência Cisco Cius 7K 9")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84569", "089")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84569", " Lotes Fitas Cassetes e outros, Aprox. 1 JVC, 7 Sony, 9 TDK, 35 Sony Compact Cassete, 80 disquetes, 30 disquetes maxell e 13 fitas microcassete Sony")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84564", "090")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84564", " Lote 3 Telefone Cisco Modelo 7911 e 01 Telefone Cisco mod. 7961 ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84572", "091")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84572", " Lote 09 Memórias Servidor Ecc Pc3l 4gb Smart Pc3l 10600r 2rx8 1333mhz")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84563", "092")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84563", " Lote 04 Memórias Servidor Pc3 2gb Smart Pc3l 8500e 2rx8 1066mhz")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84575", "093")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84575", " Lote 05 Memórias Servidor Pc3 2gb Smart Pc3 8500e 2rx8")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84574", "094")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84574", " Lote 06 Memórias Servidor Pc3 2gb Smart Pc3 8500e 2rx8")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84576", "095")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84576", " Jogo Tapete Borracha Original Mopar Fiat Toro 2019/2020")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>75,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84579", "096")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84579", " Jogo De Tapetes Carpete Jaguar Gx73 Original")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>75,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84581", "097")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84581", " Tapete Saveiro Cross 2015 E 2016 Original")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>45,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84582", "098")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84582", " Lote 05 Memórias Servidor Ddr3 4gb Smart Pc3l 10600r 2rx8 1333 Mhz")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84584", "099")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84584", " Lote 04 Memórias Servidor Ddr3 4gb Smart Pc3l 10600r 2rx8 1333 Mhz")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84585", "100")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84585", " Lote 03 Memórias Servidor Pc3l 4gb Samsung Pc3l 10600r 2rx8")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84586", "101")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84586", " Lote 03 Joystick, modelos Joystick Pc Metron Simulador Vôo P/colecionador, Joystick Suncom F-15e Talon e Joystick Modelo J-08  ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84589", "103")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84589", " Transcortec Dvga 140 Distribuidor Vga")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84583", "104")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84583", " Aprox.. 30 Cabos De Rede Patch Cord U/Utp Azul")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84588", "105")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84588", " Máquina De Estampar Min Mmf72")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84590", "106")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84590", " Aprox. 630 Cabos Sata Ata 28 awg E209329 30v 80°C")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84587", "107")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84587", " Bicicleta Ergométrica Caloi Fitness Cl502 Magnetic")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84594", "109")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84594", " Balança de ferro Continente Capacidade 300kg ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84593", "110")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84593", " 02 Laços gigante para carro ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>75,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84599", "111")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84599", " Hd Notebook Hitachi 320 Gb 7200rpm Sata ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84592", "112")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84592", "  Caixa De Som Profissional Selenium (2 Alto Falantes, 2 Tweters E 2 Cornetas   ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84596", "113")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84596", " Caixa De Som Profissional Selenium 2 Alto Falantes, 2 Tweters E 2 Cornetas ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84597", "114")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84597", " Piano Arbon")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84600", "115")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84600", " Balcão expositor de vidro ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84595", "116")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84595", " Balcão expositor de vidro ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84602", "117")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84602", " Passadeira à Vapor Arno Compact Valet IS6200B3 127V 1500W  ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84604", "118")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84604", " Aprox. 11 Baterias Motorola Coletor Symbol Mc55 ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84598", "119")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84598", " Aparelho dental NSK Surgic XT 110V")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84607", "120")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84607", " Aparelho dental W ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84605", "121")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84605", "  Lixeira Fast Food Inox, Capacidade: Saco 100Lts, Comprimento 57cm x Largura 55cm x Altura 1,15m, OBS: NÃO ACOMPANHA A LIXEIRA INTERNA DE PLASTICO PARA COLOCAÇÃO DO SACO DE LIXO.   ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84608", "122")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84608", "  Lixeira Fast Food Inox, Capacidade: Saco 100Lts,Comprimento 57cm x Largura 55cm x Altura 1,15m, OBS: NÃO ACOMPANHA A LIXEIRA INTERNA DE PLASTICO PARA  COLOCAÇÃO DO SACO DE LIXO.")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84601", "123")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84601", "  Lixeira Fast Food Inox, Capacidade: Saco 100Lts,Comprimento 57cm x Largura 55cm x Altura 1,15m, OBS: NÃO ACOMPANHA A LIXEIRA INTERNA DE PLASTICO PARA  COLOCAÇÃO DO SACO DE LIXO, SEM PORTA.")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84606", "124")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84606", " Lote vintage : Centrífuga De Frutas Arno Anos 80 220v Cfa 300w , 1 Batedeira Walita  Modelo Ri 3109/10 220v, 1 telefonte vermelho tipo tijolim e Espremedor fruta Arno 110v  ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84610", "125")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84610", " Tampo Vidro Branco Para Cooktop Fogão Fischer 4 Bocas")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84603", "126")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84603", "  Telefone Khomp Ips 200")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84609", "127")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84609", " Máquina Fit Laser Corte A Fio Quente Acabamentos 110v ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84408", "129")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84408", " Lote 02 Impressoras Smart 24v 3.75a Sem fonte")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84409", "130")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84409", " Lote 03 impressoras Smart 24v 3.75a Sem fonte")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84422", "131")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84422", " LG Wireless Media Box An-wl100w - OBS : ACOMPANHA SOMENTE A MEDIA")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>30,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84423", "132")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84423", " Fragmentadora Aurora modelo AS618SB 220V")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>78,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84421", "133")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84421", " Lote 02 Máquinas de escrever Olivetti ET Personal 510-II 115v  e Praxis  201 115v/220v")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84415", "134")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84415", " Lote 02 Máquinas de escrever Olivetti PRAXIS 20 ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84413", "135")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84413", " Lote 02 Rádios Motorola Mr350 Walk  Talk About")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84424", "136")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84424", " Hd Wd 500gb Sata Wd5000 ")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84414", "137")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84414", " Lote. 02 Máquinas de escrever Olivetti ( uma falta 04 teclas)")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84425", "138")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84425", " Lote 02 Máquinas de escrever Olivetti Linea88 e Olivetti Linea 98 ( falta algumas teclas)")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84418", "139")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84418", " Lote 02 Máquinas de escrever, Olympia e Olivetti Lettera 82")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84416", "140")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84416", " Lote 03 notebooks vintage Toshiba , 300CDS, 2060CDS, 335CDT (sem fonte)")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84417", "141")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84417", " Notebook IBM Vintage (sem bateria e fonte)")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84419", "142")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84419", " Máquina de cartão/crachá Evolis modelo Pebble 4 (sem fonte)")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84430", "143")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84430", " Monitor Bematech Led 8 Sem Suporte OBS.: NÃO EXISTE O PEDESTAL PRA VENDA, O COMPRADOR TERÁ QUE ADAPTAR.")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84438", "144")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84438", "  Mini Repetidor Celular 1800mhz Rp1860 Aquário")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84427", "145")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84427", " Máquina de costura vintage Singer M.R 1930")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84431", "146")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84431", " Vitrola Toca Discos Antiga Philips Stereo 561 127v ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84429", "147")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84429", " Televisão Antiga Toshiba 127/220v ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84434", "148")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84434", " Lote 04 ferros de passar roupa marcas Mondial, Philco e Master home 127v e127/220v")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84435", "149")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84435", " Lote  04 Secadores de cabelo marcas, Gama, Taiff e Philco 127v")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84426", "150")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84426", " Lote 04 Secadores de cabelo  marcas Loreal, Black Decker, Britânia e Cadence 127v e 220v")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84436", "151")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84436", " 03  Chapinhas marcas Mondial, Philips e  1 Conair 127v/220v ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84440", "152")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84440", "  Aparelho de som Sony modelo LBT-XB44 127V/220V 250W")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84432", "153")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84432", " Gravador de rolo vintage Philips 4407 Stereo 127v/220v")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84441", "155")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84441", " Tape Deck Evadin TD 7218 110/220v ")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84433", "156")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84433", " Aprox. 22 fones de ouvido diversas marcas e modelos")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84437", "158")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84437", " Churrasqueira elétrica Cadence GRL860 127V preta")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84444", "159")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84444", " Aprox. 23 Câmeras de segurança Tecvoz IP")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84443", "160")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84443", " Toca Discos AKAI AP-A2C 110/120/220/240V ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84442", "161")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84442", " Toca Discos Philips F1430 110/220V")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84448", "162")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84448", " Toca Discos Technics modelo  SL-Q03 (N) 110/220V  6W")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84446", "163")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84446", " Compact Disc player  Sony CDP-C502M 110/120/220/204V 10W")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84449", "164")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84449", " Toca Discos Polyvox  TD 6000 117/220V 20W ")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84447", "165")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84447", "  Compact Disc player JVC  XL-V262BK 127/220V 11W ")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84452", "166")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84452", "  Compact Disc Sony CDP-C322M 110/120/220/240V 12W ")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84451", "167")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84451", " Video Cassete Aiwa BR8000BH  100/240V 21W")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84445", "168")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84445", " Video Cassete Aiwa BR3000BH 110/240V 23W ")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84521", "169")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84521", " DVD Panasonic modelo CV50U 127V 16W ")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84455", "170")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84455", " Toca Discos Gradiente D-35 ")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84450", "171")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84450", " CD Player Pioneer PD-F507 120V 11W ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84453", "172")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84453", " Direct Box Behringer DI 400 Ultra Di Pro  4 Canais 110V  ")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84454", "173")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84454", " Amplificador AIKO System PA-3000 127/220V ")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84457", "174")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84457", " Aiwa stereo cassete deck L30 120V 10W ")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84456", "175")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84456", " TUNER STEREO FM AIKO DT 3000")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84458", "176")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84458", " Tape Deck Aiko TD - 3000 117/220V ")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84464", "177")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84464", " Tape Deck Aiko TD-3000 117/220V ")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84462", "178")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84462", " Tuner Aiko DT-3000")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84471", "179")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84471", " Receptor Uniden UST-9000 120V 120W ")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84461", "180")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84461", " Tape Deck cassete Gradiente CD-3500 110/220V ")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84522", "181")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84522", " Amplificador Cygnus SL 5000  220/110V ")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84459", "182")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84459", " Onkyo Stereo Cassete modelo TA-RW344 29W")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84460", "183")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84460", " Tape Deck CCE CD-751 110/220V ")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84474", "184")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84474", " Aparelho DVD Philips modelo DVP3820KX/78110/240V 8W")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84467", "185")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84467", " Disc Player Pioneer PD-M403 120V 10W")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84466", "186")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84466", " Gravador CCE CD720")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84463", "187")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84463", " Amplificador AIKO PA-3000 117/220V ")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84465", "188")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84465", " Sansui Stereo Cassete Deck SC-1110  100/120/220/240V ")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84469", "189")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84469", " Receiver Pioneer VSX-D814-K 120V 300W ")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84516", "190")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84516", " Sistema compacto de som Sony modelo HCD-SH2000 120/240V 320W ")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84472", "191")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84472", " Blu-Ray Disc Sony BDP-S350 110/240V 26W ")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84473", "192")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84473", " DVD Samsung modelo DVD-1080KR 110/240V 8W")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84468", "193")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84468", " Tape Deck Cassete Technics 608 110/240v 9w ")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84476", "194")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84476", " Amplificador Gradiente modelo 126 110/220v ")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84478", "195")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84478", " Stereo Power Gradiente PM-80 110/220V ")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84483", "196")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84483", " Cygnus AC500 Amplificador 110/220v ")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84482", "197")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84482", " Vídeo Cassete Sharp VC-1199B 110/127/220V ")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84481", "198")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84481", " Amplificador WattSom DBS 1500 Profissional 110/220v ")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84480", "199")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84480", " Amplificador Polyvox Stereo AP-3100 117/220V ")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84487", "200")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84487", " Receiver Yamaha modelo RX-V595a 110/120/220/240v 310w ")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84477", "201")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84477", " Amplificador Oneal Om600 240/120v ")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84479", "202")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84479", " Tape Deck JVC modelo TD-W106 230/127/110V 10W ")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84488", "203")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84488", " Amplificador Slim 3000 USB ")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84489", "204")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84489", " Compact Player Sharp DX-200 120V ")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84491", "205")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84491", " Vídeo Cassete Sharp VC-1199B 110/127/220V ")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84484", "206")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84484", " Cd Player Philco PDA-6000 110/220V ")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84485", "207")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84485", " Tape Deck Cassete Technics 608 110/240v 9w ")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84486", "208")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84486", " Vídeo Cassete Gradiente GV-406 110/220V ")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84497", "209")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84497", " Servidor IBM não possui modelo de identificação e sem HDS")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84490", "210")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84490", " Máquina de escrever eletrônica Olivetti Praxis 20")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84498", "211")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84498", " Suporte de parede para TV de Tubo 14 a 21 preto ")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84494", "212")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84494", " aprox. 22 calhas de 1,30 x 25 sem lâmpadas")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84503", "213")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84503", " máquina de escrever eletrônica canon type star 10 II ")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84499", "214")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84499", " Fogão Elétrico 2 Bocas De Mesa Agratto modelo FM-02  220V")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84493", "215")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84493", " Fogão Elétrico 2 Bocas De Mesa Agratto modelo FM-02  220V")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84500", "216")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84500", " Analisador Bioquimico Bio-2000 Bioplus ")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84495", "217")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84495", " Notebook Toshiba Satellite Antigo (sem fonte para carregamento)")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84520", "218")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84520", " Notebook Toshiba Satellite Antigo mod. PS210U-A(sem fonte para carregamento)")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84504", "219")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84504", " Notebook HP Hewlett Packard Pavilion antigo sem bateria e fonte")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84509", "220")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84509", " Notebook Toshiba Satelite Pro modelo PA123OU (sem fonte p/ carregamento)")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84506", "221")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84506", " Monitor Bematech Touch Sb 8200, sem fonte")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84492", "222")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84492", " 03 Cintos de Ferramentas e 03 pares de botas de borracha 36/37 - 36/37 - 34/35")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84507", "223")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84507", " Rádio Clarion Cassete Car Stereo Modelo Pe-810a")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84502", "224")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84502", " Frente Rádio Jvc 180w Kd-s597")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84496", "225")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84496", " Rádio Icom Ic-f221-1")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84501", "226")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84501", " Máquina Lava e Seca LG modelo WD17VTS6A 17kg 220v ")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84505", "227")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84505", "Mesa de madeira nobre, medidas fechada: largura 1,54; comprimento 1,46; altura 86 - Aberta: comprimento 2,56")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84508", "228")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84508", " Mastro para 03 bandeiras de madeira ")</f>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F229" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84515", "229")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84515", " Mastro para 01 bandeira de madeira")</f>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84517", "230")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84517", " Mastro para 01 bandeira de madeira")</f>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84514", "231")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84514", " Calculadora Elgin MR-6124")</f>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84518", "232")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84518", " Calculadora Elgin MR-6124")</f>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84513", "233")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84513", " Calculadora Elgin MR-6124")</f>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84854", "234")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84854", " Serra Policorte industrial Bosch GCO 2000, 220V  Pouco uso")</f>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84856", "235")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84856", " Serra Tico-Tico DY08206 127V 350W ")</f>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84855", "236")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84855", " Serra Tico-Tico Bosch Super Hobby 110v 400W ")</f>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84861", "237")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84861", " Serra Tico-Tico Skil 4003 380W ")</f>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84863", "238")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84863", " Lixadeira Orbital 135W 1/3 127V  CD450-BR")</f>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84857", "239")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84857", " Serra Circular SC308 110V 1200W ")</f>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84859", "240")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84859", " Serra Circular Bosch SC46 Profissional 600W ")</f>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84860", "241")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84860", " Esmerilhadeira Makita ")</f>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84865", "242")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84865", " Balcão Recepção Oval Mdf 2M X 1M X  1,17M -")</f>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84868", "243")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84868", " Mini Rack Servidor")</f>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84858", "244")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84858", " Mini Rack Servidor")</f>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84864", "245")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84864", " Rack Servidor")</f>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84862", "246")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84862", " Mesa de Ping Pong Speedo grande")</f>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84866", "247")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84866", " Micro-Ondas Brastemp Ative 127V 30L")</f>
+      </c>
+      <c r="C248" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84867", "248")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84867", " Micro-Ondas Panasonic Style Nn St652W 127V")</f>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84869", "249")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84869", " Micro-Ondas Lg Multiondas 127V MS-114ML ")</f>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84870", "250")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84870", " Micro-Ondas Brastemp Single 127V 18L")</f>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F251" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84871", "251")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84871", " Micro-Ondas Consul Facilite Compacto 127V 18L ")</f>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F252" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84874", "252")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84874", " Micro-Ondas Brastemp Single 127V 18L")</f>
+      </c>
+      <c r="C253" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D253" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F253" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84873", "253")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84873", " Micro-Ondas Electrolux 127V 18L")</f>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84872", "254")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84872", " Micro-Ondas Consul Facilite 127V 20L ")</f>
+      </c>
+      <c r="C255" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D255" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F255" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84876", "255")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84876", " Aquecedor E Desumidificador Mondial - 127V")</f>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F256" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84875", "256")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84875", " Balança Suspensa ")</f>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F257" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84878", "257")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84878", " Tela de Projeção Tripé 150 Visograf ")</f>
+      </c>
+      <c r="C258" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D258" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84880", "258")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84880", " Motor Schuz Mundial MSI 2,6 ML/AD ")</f>
+      </c>
+      <c r="C259" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D259" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="F259" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84879", "259")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84879", " Lote 03 Mesas para computador ")</f>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F260" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84877", "260")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84877", " Aprox. 40 pastas de escritório usadas")</f>
+      </c>
+      <c r="C261" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D261" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F261" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84882", "261")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84882", " Lotes de etiqueta diversos modelos e tamanhos")</f>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D262" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F262" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84881", "262")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84881", " Lote 07 Calculadoras")</f>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D263" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F263" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84884", "263")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84884", " Lotes com diversos materiais de escritório ")</f>
+      </c>
+      <c r="C264" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D264" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F264" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84890", "264")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84890", " Aprox. 150 pastas de arquivo morto ")</f>
+      </c>
+      <c r="C265" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D265" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F265" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84892", "265")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84892", " Drone phantom 4 advanced, para retirada de peças ")</f>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D266" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F266" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84894", "266")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84894", " Pratileira estante de aço ")</f>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F267" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84891", "267")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84891", " Pratileira estante de aço ")</f>
+      </c>
+      <c r="C268" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D268" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F268" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84889", "268")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84889", " Capacete Peels ")</f>
+      </c>
+      <c r="C269" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D269" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E269" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F269" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84888", "269")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84888", " Calculadora Sharp EL-1705V")</f>
+      </c>
+      <c r="C270" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D270" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E270" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="F270" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
+      <c r="A271" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84897", "270")</f>
+      </c>
+      <c r="B271" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84897", " Lote 02 botinas 34 - 35 ")</f>
+      </c>
+      <c r="C271" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D271" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t>30,00</t>
+        </is>
+      </c>
+      <c r="F271" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
+      <c r="A272" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84883", "271")</f>
+      </c>
+      <c r="B272" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84883", " Lote 04 Galão de água 20litros vazio")</f>
+      </c>
+      <c r="C272" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D272" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F272" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84886", "272")</f>
+      </c>
+      <c r="B273" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84886", " Lote 03 cadeiras de cozinha ")</f>
+      </c>
+      <c r="C273" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D273" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E273" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F273" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
+      <c r="A274" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84885", "273")</f>
+      </c>
+      <c r="B274" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84885", " Ar condicionado LG 220V 9.000 Btu/h modelo TSNC092JBAO")</f>
+      </c>
+      <c r="C274" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D274" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="E274" s="5" t="inlineStr">
+        <is>
+          <t>430,00</t>
+        </is>
+      </c>
+      <c r="F274" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
+      <c r="A275" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84887", "274")</f>
+      </c>
+      <c r="B275" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84887", " Capacete ")</f>
+      </c>
+      <c r="C275" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D275" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E275" s="5" t="inlineStr">
+        <is>
+          <t>30,00</t>
+        </is>
+      </c>
+      <c r="F275" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
+      <c r="A276" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84896", "275")</f>
+      </c>
+      <c r="B276" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84896", " Armário para escritório ")</f>
+      </c>
+      <c r="C276" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="D276" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E276" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F276" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
+      <c r="A277" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84898", "276")</f>
+      </c>
+      <c r="B277" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84898", " Armário para escritório ")</f>
+      </c>
+      <c r="C277" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D277" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E277" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F277" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
+      <c r="A278" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84893", "277")</f>
+      </c>
+      <c r="B278" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84893", " Armário para escritório ")</f>
+      </c>
+      <c r="C278" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D278" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E278" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F278" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
+      <c r="A279" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84895", "278")</f>
+      </c>
+      <c r="B279" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84895", " Armário para escritório ")</f>
+      </c>
+      <c r="C279" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D279" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E279" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F279" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
+      <c r="A280" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84899", "279")</f>
+      </c>
+      <c r="B280" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84899", " Mesa de escritório auxiliar para impressora")</f>
+      </c>
+      <c r="C280" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D280" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F280" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
+      <c r="A281" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85239", "280")</f>
+      </c>
+      <c r="B281" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85239", " Lote com 03 cadeiras de escritório pretas  com rodinhas")</f>
+      </c>
+      <c r="C281" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D281" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F281" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85237", "281")</f>
+      </c>
+      <c r="B282" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85237", " Lote com 04 cadeiras de escritório vermelhas com rodinhas")</f>
+      </c>
+      <c r="C282" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D282" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="F282" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85244", "282")</f>
+      </c>
+      <c r="B283" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85244", " Lote com 02 cadeiras de escritório vermelhas com rodinhas")</f>
+      </c>
+      <c r="C283" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D283" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F283" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
+      <c r="A284" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85243", "283")</f>
+      </c>
+      <c r="B284" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85243", " Cadeira de escritório azul com rodinhas")</f>
+      </c>
+      <c r="C284" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D284" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E284" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F284" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
+      <c r="A285" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85236", "284")</f>
+      </c>
+      <c r="B285" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85236", " Lote com 04 cadeiras de escritório azuis  com rodinhas")</f>
+      </c>
+      <c r="C285" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D285" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E285" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F285" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
+      <c r="A286" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85245", "285")</f>
+      </c>
+      <c r="B286" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85245", " Lote com 06 cadeiras de escritório azuis ")</f>
+      </c>
+      <c r="C286" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D286" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E286" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F286" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
+      <c r="A287" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85240", "286")</f>
+      </c>
+      <c r="B287" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85240", " Cadeira de escritório azul com rodinhas")</f>
+      </c>
+      <c r="C287" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D287" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E287" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F287" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
+      <c r="A288" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85238", "287")</f>
+      </c>
+      <c r="B288" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85238", " Lote com 02 cadeiras executivas vermelhas ")</f>
+      </c>
+      <c r="C288" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D288" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E288" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="F288" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
+      <c r="A289" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85241", "288")</f>
+      </c>
+      <c r="B289" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85241", " Lote com 04 cadeiras de escritório vermelhas ")</f>
+      </c>
+      <c r="C289" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D289" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E289" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...8574 lines deleted...]
-      </c>
       <c r="F289" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
-      <c r="A290" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A290" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85242", "289")</f>
+      </c>
+      <c r="B290" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85242", " Cadeira de escritório azul com rodinhas")</f>
       </c>
       <c r="C290" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D290" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F290" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>