--- v0 (2025-10-09)
+++ v1 (2026-03-28)
@@ -269,3003 +269,2631 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84771", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84771", "[ VÍDEOS ] JET SKI SEA-DOO. Mod.  RXT 260 IS. Ano 2010. Aprox. 99 horas")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84764", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84764", "CHASSI DOCUMENTADO PARA MONTAR TRAILER PARA CAMPING")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84765", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84765", "Lote de manequins de fibra com avarias.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84766", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84766", "APROX. 500m de FORROS DE PVC. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84749", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84749", "BALCÃO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84769", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84769", "BISTRÔ (1 MESA E 4 BANQUETAS)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84770", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84770", "BISTRÔ (1 MESA E 4 BANQUETAS)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84767", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84767", "CAMINHÃO BETONEIRA FORD CARGO 2628 E. ANO 2010/ 2011")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>45.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84768", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84768", "CAMINHÃO BETONEIRA FORD CARGO 2622 E. ANO 2009")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84730", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84730", "Lote com aprox. 47.000 unidades de CABIDES")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84731", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84731", "Lote com aprox. 16.000 unidades de CABIDES")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84734", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84734", "Lote com aprox. 2.000 unidades de CABIDES")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84733", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84733", "Aprox. 20 Tambores contendo Ferro Dextrano 10% (aprox. 600,00 kg)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84772", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84772", "[ VÍDEO ] NISSAN 370 Z COUPÉ. ANO 2011")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>101.900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85256", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85256", "Carregador de bateria tracionária. Marca Pro Carga. Sem testes (Ref. 349)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85258", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85258", "Carregador de bateria tracionária. Marca Pro Carga. Sem testes (Ref. 260)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85259", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85259", "Eletrobomba hidráulica. Usada em paleteira elétrica")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85260", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85260", "Sucata de paleteira eletrica. Sem motor e  sem eletrônica, somente carcaça")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84740", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84740", " Máquina filmadora Yashica mod. 8 E")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84744", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84744", " Lote de Moedas antigas: Espanha, Chile, Portugal e Brasil, moedas de prata, bronze e outras")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84741", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84741", "[ VÍDEO ] Caixa Registradora. Anos 30. Amount Purchased")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84743", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84743", " 04 faróis Cilibrim  GE")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84742", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84742", " 01 farol de Ford. Ano 29. 6 Volts")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84745", "027")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84745", "APROX. 37 UN  DE MOEDAS/ DINHEIRO ANTIGO (ver especificações)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84739", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84739", "Equipamentos diversos: 01 máquina de escrever, 01 aparelho de fax, 01 aparelho de som,  02 crossovers, 02 equalizadores e 03 aparelhos de MD")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84738", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84738", "Transformador  trifásico - 380 voltz - 75 KVA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84773", "041")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84773", "Quadro/livros de anatomia humana e 1 cadeira de rodizio")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84774", "042")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84774", "tapete decorativo importado - origem Turquia  - tamanho largura 1,60 x comprimento 1,70 ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>590,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84775", "043")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84775", "Estufa para esterilização, marca Nevoni, modelo NV 1.0 (funcionando, no estado) ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85066", "101")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85066", "VW Kombi Furgão. Flex. Ano 2008/09.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85059", "102")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85059", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85060", "103")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85060", "CARROCERIA DE MADEIRA PARA D20 DUPLA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85061", "104")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85061", "[ VÍDEO ] VW Gol 1.6. Ano 1988. Etanol. Segundo dono. Funcionando. Bom estado.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85062", "105")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85062", "CARROCERIA TRANSBORDO. ANO 2012.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85063", "106")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85063", "CARROCERIA TRANSBORDO. ANO 2012.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85068", "108")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85068", "VW/ Gol 1.0. Ano 1994. Segundo dono. Funcionando.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85058", "109")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85058", " Plataforma de milho 10 linhas de 70cm Ano 2014 - marca Methalc mod. 10 x 73. Bom estado.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85057", "110")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85057", " Tanque de Combustível. Aprox. 3.000 Litros. Com bomba.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85070", "111")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85070", "[ VÍDEOS ] MOTONIVELADORA HUBBER WARCO DRESSER. MOD. 140. ANO 1988")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85071", "112")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85071", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR. MOD. 941-B. ANO 1973")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85053", "113")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85053", "Guindaste P&amp;H. 15 Toneladas. Ano 1982")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85055", "114")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85055", "Compressor. Modelo W-29120. Motor 30 CV. Pressão máx: 175 PSI")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85052", "116")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85052", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85056", "117")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85056", " Arado. Marca Líder. 3 Discos")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85064", "118")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85064", "01 Suporte para modelo Stara e 01 Escarificador")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85069", "119")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85069", "5 rodas espelhadas para Jeep/cherockee/ranger")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85072", "120")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85072", "F-4000. Ano 1985. Funcionando.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85078", "121")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85078", " Reboque Ano 1995. Marca Lençois RRTC")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85279", "122")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85279", "Reboque/ Carroceria fechada Halley Team Hope. Ano 2013")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86225", "123")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86225", " 02 unhas de pá carregadeira")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86220", "124")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86220", " 02  tanques de caminhão")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86219", "125")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86219", " 04 pneus usados. 265/70/16")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86222", "126")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86222", " 02 bancos")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86224", "127")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86224", " Turbina recondicionada de motor Cummins Série C")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86223", "128")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86223", " Carroceria para caminhão Truck. Ano 2012")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86221", "129")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86221", " Carroceria de madeira para caminhão toco. Medidas: 2.60m x 5.70m")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86399", "130")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86399", "Fiat Doblo Adventure 1.8 flex.  Ano 2007")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>25.100,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86444", "131")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86444", "CAMINHÃO VW MOD. 8150-E DELIVERY. ANO 2007")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86450", "132")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86450", "Caminhão Betoneira Ford/ Cargo 2628 cn 6x4. Ano 2011/2012 ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86451", "133")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86451", "Caminhão betoneira Ford/ Cargo Mod. 2628 E. Ano 2011")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>240.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86452", "134")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86452", "Caminhão betoneira Ford/Cargo 2628 E 2011/2011")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>240.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86735", "201")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86735", " Motor 60 CV 4 polos ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86733", "202")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86733", " 2 motores elétricos: 1 100 CV 2 polos e outro 60 CV 2 polos, funcionando/revisado. ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86737", "203")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86737", " Motor 100 CV 2 polos - Motoreduror - revisado")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86740", "204")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86740", " Motor 125 CV 2 polos revisado - Marca Weg. ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86736", "205")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86736", " Motofreio 40 CV 4 polos - Marca Weg.  ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86738", "206")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86738", " Redutor H12-13 para 20 CV - Revisado.")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86734", "207")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86734", " Motor 200 CV 2 polos 440 volts ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86739", "208")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86739", " Motor elétrico 300 CV 4 polos com flange sem pé - Marca Weg. ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>29.550,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84780", "250")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84780", "APROX. 4.720 PEÇAS DE ROUPAS, CALÇADOS E ACESSÓRIOS. LINHA INFANTIL  (LILICA RIPILICA, TIGOR T TIGRE, MARISOL, MALWEE, PIMPOLHO, AMORIM BABY, PAKITA, TOKE ENTRE OUTROS)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>70.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84750", "252")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84750", "Óculos de sol original Ray-Ban. Mod. RB3657L Clássico / Chumbo (acompanha caixa, estojo e certificado)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>299,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84751", "253")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84751", "Vídeo Game Nitendo Wii. Acompanha 2 controles, cabos e 6 jogos (mídia fisica). Funcionando.")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>290,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85085", "254")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85085", "3 aquecedores a óleo marca Springer. 127v. Funcionando")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84732", "303")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84732", " MÁQUINA PARA FECHAR/ COLAR")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84776", "324")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84776", "158 peças de roupas e acessórios infantis, diversas marcas: Lilica Ripilica, Marisol e Tigor. ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84777", "325")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84777", "Sucata de 22 cadeiras  diretor telada de escritório desmontadas faltando rodízios")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84735", "331")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84735", " Sucatas de piscinas tenda barraca e colchão inflável")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84737", "340")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84737", "Lote com aprox. 25 mochilas ,16 cases, 3 bolsas, 5 estojos, e diversos itens para festas ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84748", "343")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84748", "Sucata de bebedouro")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84746", "400")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84746", "Barco de fibra c/ motor de rabeta, 2 remos e 3 carretilhas  ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84747", "401")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84747", "2 roupas de neopreme longa")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84762", "501")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84762", "[ VÍDEO ] UNO MILLE FIRE FLEX. ANO 2006")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84779", "505")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84779", "[ VÍDEO ] FIAT IDEA ESSENCE. ANO 2012")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85295", "506")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85295", "RENAULT DUSTER 20 D 4X2A. ANO 2013/14")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>24.800,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84758", "1209")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84758", "BALANÇA CONTADORA MARTE AC4/40K")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84756", "1213")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84756", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...313 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84755", "1214")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84755", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84757", "1215")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84757", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84759", "1216")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84759", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84760", "1217")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84760", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84753", "1220")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84753", " ROSQUEADEIRA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...57 lines deleted...]
-      <c r="F29" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84754", "1222")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84754", " 4 MOSTRUÁRIOS")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...2334 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84761", "1226")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84761", " 2 MOSTRUÁRIOS")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>