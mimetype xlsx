--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84830", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84830", "[ VÍDEO ] Trator New Holland. Mod. TL75. 4x4. Ano 2017")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>91.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84824", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84824", "Trator Ford Major. Ano 1968. Restaurado. Ótimo estado ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>16.100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84842", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84842", "VW/ Golf. Ano 2001. Roda aro 18")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87369", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87369", "Trator Valmet. Mod. 60ID. Ano 1972. Funcionando.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87370", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87370", "Caminhão Scania. Mod. G 440 B. 6x4 CS. Ano.2012. Com carroceria")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>290.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87371", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87371", "Caminhão Scania. Mod. R113 E.6x4 360. Ano 1996")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84825", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84825", " Semi reboque/tanque Kronorte. 3 eixos. Ano 2008/09. 6 bocas. Pneus não inclusos")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87372", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87372", "Caminhão Mercedes Benz. Mod. 1215C. Ano 2002. Munck 12 ton e cabine de serviços. Documentação 2021.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>152.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84833", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84833", "TRATOR NEW HOLLAND. MOD. TL 75. ANO 2015. APROX. 4.025  horas")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>103.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84840", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84840", "[ VÍDEO ] Empilhadeira marca Yale 2,5 ton GLP com deslocador. Ano 2008")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84817", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84817", " Motor John Deere 6090. Colhedora 3520")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84822", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84822", " Caixa corte de base montada John Deere 3520")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84821", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84821", " Cubo redutor john deere colhedora 3520 funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84841", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84841", "Carroceria borracheira ano 2014. Com compressor e tanque de água ano 2014. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84818", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84818", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84823", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84823", "1 Pneu usado")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84834", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84834", " Carreta Fachinni. Ano 1998. Capacidade: 20 metros cúbicos na lata")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84846", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84846", "[ VÍDEO ] Trator Case. Mod. 180cv. Ano 2013")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84836", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84836", "Tanque inox. Ano 2000. 12.000 litros ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84837", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84837", "Redutor hidráulico")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84838", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84838", "Conjunto Bitrem SR Heil Petro BT. Ano 2001")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84814", "030")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84814", " Comboio Andrade ano 2008 - 5.000 litros")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84828", "035")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84828", " Semi reboque Faccini. Ano 2009 - 12,59 mts")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84827", "037")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84827", "Tanque. Ano 2016. 20.000 litros, 4 bocas, com bomba aferido")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...702 lines deleted...]
-      </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84829", "040")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84829", "Tanque. Marca Tankar. Ano 2009. 18.000 litros. 3 bocas")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84815", "054")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84815", "TRANSBORDO SANTA IZABEL. 10,5 toneladas. ANO 2010 (Ref.RT05)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>17.350,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84816", "063")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84816", "Carroceria Bau frigorífico para caminhão toco - Parou funcionando")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84831", "065")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84831", "Roçadeira de arrasto da marca Inroda. Ano 2017. ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>9.600,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>