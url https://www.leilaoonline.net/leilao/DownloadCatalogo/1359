--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85017", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85017", " CAMINHÃO FORD - 1722 - 8X2 - 2011 SEM IMPLEMENTO Placa:   AUG9H21 RENAVAM:  339240865 CHASSI:   9BFYCE7V5BBB81119 OBS:  Sem pneu no truck e 4° eixo, pneu que esta no veiculo são recapados e ruins. Consta no Doc. "MECANISMO OPERACIONAL". Regularização por conta do arrematante.CHECK LIST DE EQUIPAMEN")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>76.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85020", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85020", " CAMINHÃO FORD - 1722 - 8X2 - 2011 SEM IMPLEMENTO Placa:   AUH1034 RENAVAM:  339241365 CHASSI:   9BFYCE7V1BBB83160 OBS:   PNEU FALTANDO NO TRUCK E 4° EIXO. PNEUS QUE SE ENCONTRA NO VEICULO SÃO RUINS,  SEM O MÓDULO. Consta no Doc. "MECANISMO OPERACIONAL". Regularização por conta do arrematante. CHECK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>69.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85019", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85019", " CAMINHÃO FORD - 1722 - 8X2 - 2011 SEM IMPLEMENTO Placa:   AUG9788 RENAVAM:  339239026 CHASSI:   9BFYCE7V8BBB81115 OBS:   - DOCUMENTO CONSTA 3 EIXOS, REGULARIZAÇÃO DO 4º EIXO É DE RESPONSABILIDADE DO ARREMATANTE. Consta no Doc. "MECANISMO OPERACIONAL". Regularização por conta do arrematante  CHECK L")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>72.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85018", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85018", " CAMINHÃO FORD - 1517 - 4X2 - 2010 PIPA 8 M³ Placa:   EMC0F29 RENAVAM:  230783600 CHASSI:   9BFXCE5U2ABB58983 OBS:  MOTOR COM PROBLEMAS. CHECK LIST DE EQUIPAMENTOS ANEXO. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85021", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85021", " UNO MILLE WAY ECONOMY 1.0 - 4X2 - 2011 Placa:   NYX4060 RENAVAM:  333005457 CHASSI:   9BD15804AC6593726 OBS:  VÉICULO BATIDO, MOTOR NÃO TESTADO, FALTANDO PEÇAS. SISTEMA ELETRICO NÃO FUNCIONA - NÃO POSSUI CHAVES.  CHECK LIST DE EQUIPAMENTOS ANEXO. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>