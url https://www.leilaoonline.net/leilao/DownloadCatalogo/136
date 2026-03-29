--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8462", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8462", "PORTÃO DE FERRO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7718", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7718", " EQUIPAMENTO PARA TIRA CAVACO COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8461", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8461", "JANELA GRANDE DE ALUMINIO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7719", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7719", " LAVADOR DE GAS COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7720", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7720", " GELADEIRA INDUSTRIAL COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7687", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7687", " SUCATA DE PRENSA EXETRICA,OBS: ATENÇÃO VAI TER DE SER CORTADA COM MAÇARICO DENTRO DA EMPRESA, COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8463", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8463", "DOIS MOTORES ELÉTRICOS QUEIMADOS ACOMPANHA UM REDUTOR")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8464", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8464", "UMA TRAVE DE ELEVADOR INCOMPLETA COM REDUTOR")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7721", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7721", " MOTOR DE GELADEIRA  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7690", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7690", "  LOTE DE MOTORES ELETRICOS  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8459", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8459", "GERADOR MARCA TOSHIBA 110 KVA BS COM MOTOR MWM 8CC")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7691", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7691", " 4 UNIDADES DE FURADEIRAS DE BANCADAS (SOMENTE 2 C/ MOTOR) COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7747", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7747", "Balança cap 1000 kilos")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7692", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7692", " 3 UNIDADES DE TORNOS OBS: 1 IRAM , 1 LOMBARDI, 1 SEM MARCA DEFINIDA COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8460", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8460", "GERADOR ANTIGO, DESMONTADO FALTANDO PEÇAS SUCATA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8465", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8465", "UM MOTOR QUEIMADO COM VENTOINHA SUCATA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7722", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7722", " MAQUINA PARA USINAGEM FAZ ROSCA E FACEIA MARCA TRANSFER BALCARCE 506 V MARTELLI COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7723", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7723", " CONQUILHADEIRA  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8466", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8466", "BASE DE FERRO COM DEGRAU")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7724", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7724", " FRESA ROCCO 450 COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7725", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7725", " TORNO  AZUL COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7698", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7698", " TORNO  AZUL COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7699", "026")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7699", " UMA MAQUINA DE VIBRAR COM PAINEL  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7678", "027")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7678", " UMA MAQUINA DE VIBRAR COM PAINEL  COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7628", "038")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7628", " ALIMENTADOR NE NORMA MODELO RF 40 SERIE RL 64B, VOLT 220, VPM 3600, AMP 4. COMITENTE METALURGICA ESTEVES")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8451", "043")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8451", "SUCATA DE FERRO APROXIMADAMENTE 10 TONELADAS VENDA POR KILO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...191 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>0,32</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8452", "044")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8452", "caçamba de  alumínio  com cantoneiras de ferro aproximadamente  3 ton venda será por kilo")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1,20</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8453", "045")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8453", "INOX FERROSO ATENÇÃO PEGA IMÃ APROX 2 TONELADAS VENDA POR KILO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>0,95</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7642", "059")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7642", "INJETORA MG 200/460, FUNCIONADO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>9.400,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...574 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7643", "060")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7643", "INJETORA MG 200/460, FUNCIONADO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>9.200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>