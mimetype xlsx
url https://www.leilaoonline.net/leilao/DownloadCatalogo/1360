--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85043", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85043", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CA25. ANO APROX. 1991")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85798", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85798", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR. MOD. 924-GZ. ANO 2002")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>152.450,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85036", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85036", "[ VÍDEO ] RETROESCAVADEIRA JCB. MOD. 3C 4X4. ANO 2009")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85799", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85799", "[ VÍDEO ] PÁ CARREGADEIRA XCMG. MOD. ZL-30G. ANO 2013")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>152.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86393", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86393", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR. MOD. 924-GZ. ANO 2002")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>152.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87831", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87831", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D4E. ANO aprox. 1986")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>74.700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86770", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86770", "[ VÍDEO ] TRATOR ESTEIRA NEW HOLLAND MOD. D180. ANO 2016/17")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>278.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85030", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85030", "ROLO COMPACTADOR TEMA TERRA. ANO. 1987")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85038", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85038", "[ VÍDEOS ] PÁ CARREGADEIRA CASE. MOD. 580H. ANO aprox. 1984")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85034", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85034", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU. MOD. WA200. ANO 2008")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85035", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85035", "[ VÍDEOS ] MOTONIVELADORA KOMATSU. MOD. GD523. ANO aprox. 1998. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>80.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85028", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85028", "CARROCERIA DE MADEIRA. 8 M.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86771", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86771", "[ VÍDEOS ] PÁ CARREGADEIRA CHANGLIN. MOD. 967H. ANO aprox. 2013")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>88.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85039", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85039", "[ VÍDEO ] TRATOR VALMET 88. ANO 1987. SÉRIE PRATA. COMPLETO. MOTOR MWM 4cc")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86897", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86897", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU. MOD. D50A. ANO 1980")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>241.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87832", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87832", "[ VÍDEOS ] ROLO COMPACTADOR TEREX. ANO 2011. Aprox. 1.800 hrs")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>48.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87956", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87956", "[ VÍDEO ] MOTONIVELADORA COWDIN. MOD. CM165H. ANO 2013. Aprox. 1178 horas.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>167.600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87957", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87957", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CG14. ANO aprox. 1996")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>67.800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88260", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88260", "[ VÍDEO ] ROLO COMPACTADOR COMBAT. MOD. CB250G. ANO 2011")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>127.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88308", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88308", "TRATOR VALMET. MOD. 60ID. ANO 1972. FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>19.700,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85024", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85024", "[ VÍDEO ] VIBRO ACABADORA. MOD. SA41. ANO 88")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88446", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88446", "PÁ CARREGADEIRA CATERPILLAR. MOD. 930R. ANO. Aprox. 1987. Sem motor. Sem pistão de articulação")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88447", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88447", "JOGO DE RODAS DE FERRO PARA PÁ CARREGADEIRA (Para uso de empresa de reciclagem/ sucata)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88448", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88448", "TAMBOR LISO PARA ROLO COMPACTADOR")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88449", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88449", "CONCHA DIANTEIRA DE RETROESCAVADEIRA CASE")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85031", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85031", "[ VÍDEO ] CAMINHÃO FORD CARGO 1317E. ANO 2006. OPERACIONAL.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>73.750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88459", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88459", "CAÇAMBA DE CAMINHÃO TOCO. 5 METROS. COMPLETO (BOMBA E PISTÃO)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88461", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88461", "[ VÍDEOS ] ROLO COMPACTADOR MULLER. MOD. AP26. ANO 1998")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>87.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85032", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85032", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88462", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88462", "[ VÍDEOS ] TRATOR DE ESTEIRAS CATERPILLAR. MOD. D6R. ANO 1998")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>280.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85022", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85022", "TRASMISSÃO DE MOTONIVELADORA CATERPILLAR 120H. ANO 99")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>33.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85023", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85023", "[ VÍDEO ] ROLO COMPACTADOR. MOD. TH10. ANO 87")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88465", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88465", "[ VÍDEO ] ROLO COMPACTADOR CATERPILLAR. MOD. CB-534B. ANO 2004/05")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85033", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85033", "MUNCK 3,5 TON. COM BOMBA E TOMADA DE FORÇA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...767 lines deleted...]
-      <c r="E37" s="5" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85025", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85025", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85027", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85027", " CARRETA. CHAPEADA DE AÇO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F37" s="4" t="inlineStr">
-[...286 lines deleted...]
-      </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85026", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85026", " COMPRESSOR DE AR WAYNE")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>