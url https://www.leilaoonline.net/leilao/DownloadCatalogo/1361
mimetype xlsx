--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85249", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85249", "[ VÍDEO ] Central dosadora de concreto com células de carga funcionando, eixo para cimento funcionando.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85250", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85250", " Caminhão GMC. Mod. 7.110.  Ano 1997")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>26.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87822", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87822", "Fiat Palio Weekend Attractive. Ano 2016. Aprox. 91.000 km")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87825", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87825", "Fiat Siena EL 1.0 Flex. Ano 2015. Aprox. 130.000km")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85251", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85251", "[ VÍDEO ] Caminhão MB/ LS 1924. Ano 1981. Mecânica operacional ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>77.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85253", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85253", " VW FOX. Ano 2008/ 2009. Aprox. 115.000 km")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85252", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85252", "FIAT PALIO. Ano 2008/ 2009. Aprox. 116.000 km")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>