--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,6843 +269,5991 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86396", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86396", "VW FOX 1.0 - PRATA - 2007/ 2008 - ALCOOL/GASOLINA - LOCALIZAÇÃO: SÃO PAULO/ SP")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86402", "027")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86402", "CAMERA DE VIDEO SONY PDW700  - FCBM 214700-9")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.275,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86403", "035")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86403", "APARELHO ELIPTICO RIGHETTO R550 - FCBM 275429-1")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.635,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86009", "166")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86009", " 113680-1 - CAMINHÃO MERCEDES BENZ 912/42,5 - ANO: 1993/1993 - DIESEL - PLACA BOG-2192")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>59.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86149", "167")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86149", " 277490-9- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86154", "168")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86154", " 280016-1- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86142", "174")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86142", " 280024-1-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86153", "175")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86153", " 280014-4- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86138", "176")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86138", " 280019-5- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86137", "177")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86137", " 280022-5-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86162", "179")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86162", " 280017-9- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86118", "180")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86118", " 278895-1 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86160", "181")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86160", " 280026-8 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86116", "182")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86116", " 280013-6 - ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86150", "183")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86150", " 275487-8 - ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86113", "184")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86113", " 275486-0- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86134", "185")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86134", " 280018-7- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86117", "186")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86117", " 280010-1- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86159", "187")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86159", " 280025-0- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86145", "188")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86145", " 278902-7- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86127", "189")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86127", " 280015-2 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86124", "190")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86124", " 275489-4 - ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86122", "191")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86122", " 279529-9- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86121", "192")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86121", " 278900-1-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86114", "193")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86114", " 275488-6- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86155", "194")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86155", " 280011-0- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86119", "195")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86119", " 279531-1-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86166", "196")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86166", " 279532-9- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86148", "197")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86148", " 278896-9- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86165", "198")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86165", " 280021-7- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86132", "199")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86132", " 279533-7-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86144", "200")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86144", " 279530-2-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86120", "201")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86120", " 278899-3-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86143", "202")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86143", " 275485-1- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86141", "203")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86141", " 275422-3- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86110", "204")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86110", " 275423-1- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86123", "205")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86123", " 278898-5- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86152", "206")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86152", " 278897-7-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86146", "207")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86146", " 275425-8- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86164", "208")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86164", " 275424-0- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86139", "209")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86139", " 280023-3 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86147", "210")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86147", " 280020-9- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86106", "211")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86106", " 275421-5-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86125", "212")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86125", " 280012-8- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86167", "213")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86167", " 280027-6-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86158", "214")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86158", " 277599-9 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86126", "215")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86126", " 273316-1- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86131", "216")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86131", " 273314-5- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86109", "217")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86109", " 273917-8- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86107", "218")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86107", " 273916-0- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86157", "219")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86157", " 277597-2- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86128", "220")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86128", " 273313-7 - ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86104", "221")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86104", " 273315-3- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86083", "301")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86083", " 300719-7- CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86216", "302")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86216", " 300720-1- CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86196", "303")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86196", " 300426-1- CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86205", "304")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86205", " 300717-1-CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86188", "305")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86188", " 242371-5 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86187", "306")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86187", " 242367-7 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86177", "307")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86177", " 242366-9 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86180", "308")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86180", " 242370-7 - CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86210", "309")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86210", " 300427-9- CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86169", "310")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86169", " 233950-1 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86212", "311")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86212", " 300721-9 - CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86102", "312")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86102", " 233947-1 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86171", "313")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86171", " 233951-0 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86211", "314")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86211", " 300718-9-CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86176", "315")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86176", " 242363-4 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86190", "316")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86190", " 249512-1 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86186", "317")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86186", " 242368-5 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86026", "318")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86026", " 305467-5 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86056", "319")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86056", " 306233-3 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86181", "320")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86181", " 242369-3 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86040", "321")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86040", " 305559-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86020", "322")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86020", " 305462-4 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86022", "323")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86022", " 305465-9- CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86058", "324")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86058", " 307014-0 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86184", "325")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86184", " 249511-2 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86025", "326")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86025", " 305463-2-CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86055", "327")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86055", " 306232-5-CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86067", "328")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86067", " 306046-2 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86193", "329")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86193", " 242372-3 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86156", "330")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86156", " 267363-1 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86093", "331")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86093", " 267362-2-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86100", "332")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86100", " 267361-4 - ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86135", "333")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86135", " 267366-5-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86111", "334")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86111", " 267365-7-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86105", "335")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86105", " 267364-9 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86163", "336")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86163", " 278901-9-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86097", "337")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86097", " 267360-6- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86182", "338")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86182", " 289274-0 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86059", "339")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86059", " 305558-2 - CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86066", "340")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86066", " 305562-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86082", "341")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86082", " 305560-4CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86201", "342")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86201", " 300709-0 -CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86064", "343")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86064", " 305557-4- CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86079", "344")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86079", " 211743-6 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86054", "345")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86054", " 211728-2 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86213", "346")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86213", " 300707-3 -CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86208", "347")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86208", " 300708-1-CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86035", "348")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86035", " 306234-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86050", "349")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86050", " 306235-0 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86215", "350")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86215", " 300710-3 -CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86073", "351")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86073", " 306231-7 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86200", "352")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86200", " 300706-5- CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86024", "353")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86024", " 303300-7 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86198", "354")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86198", " 300705-7- CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86053", "355")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86053", " 314615-4-CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86214", "356")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86214", " 300711-1 -CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86063", "357")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86063", " 211748-7 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86039", "358")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86039", " 211746-1 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86029", "359")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86029", "  211745-2 - CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86080", "360")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86080", " 314613-8 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86183", "361")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86183", " 249513-9 - CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86062", "362")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86062", " 305561-2 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86031", "363")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86031", " 303301-5 CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86076", "364")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86076", " 309654-8-CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86037", "365")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86037", " 233835-1 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86068", "366")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86068", " 233836-0 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86087", "367")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86087", " 233837-8 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86061", "368")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86061", " 233834-3 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86078", "369")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86078", " 314614-6 CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86065", "370")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86065", " 306042-0- CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86017", "371")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86017", " 303299-0 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86192", "372")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86192", " 289273-1 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86099", "373")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86099", " 300997-1-CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86034", "374")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86034", " 307209-6 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86028", "375")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86028", " 303303-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86094", "376")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86094", " 300995-5 -CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86070", "377")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86070", " 314610-3 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86075", "378")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86075", " 307201-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86051", "379")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86051", " 307200-2 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86030", "380")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86030", " 306044-6 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86032", "381")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86032", " 309653-0 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86191", "382")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86191", " 289315-1 - CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86209", "383")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86209", " 289327-4- CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86072", "384")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86072", " 307199-5 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86081", "385")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86081", " 307198-7 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86207", "386")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86207", " 289325-8- CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86071", "387")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86071", " 307003-4-CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86060", "388")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86060", " 307002-6 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86194", "389")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86194", " 289314-2 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86199", "390")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86199", " 289319-3-CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86204", "391")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86204", " 289321-5-CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86170", "392")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86170", " 238226-1 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86033", "393")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86033", " 303302-3 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86203", "394")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86203", " 289324-0-CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86202", "395")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86202", " 289320-7-CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86195", "396")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86195", " 289322-3-CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86189", "397")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86189", " 289318-5- CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86185", "398")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86185", " 289317-7 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86206", "399")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86206", " 289323-1-CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86015", "400")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86015", " 303298-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86178", "401")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86178", " 238227-0 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86038", "402")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86038", " 306043-8-CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86047", "403")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86047", " 303570-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86086", "404")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86086", " 300891-6 -CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86016", "405")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86016", " 303571-9 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86041", "406")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86041", " 303574-3 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86088", "407")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86088", " 300892-4 -CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86049", "408")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86049", " 314612-0 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86043", "409")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86043", " 314611-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86085", "410")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86085", " 307012-3 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86069", "411")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86069", " 307013-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86089", "412")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86089", "  300893-2 - CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86021", "413")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86021", " 303575-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86090", "414")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86090", " 300894-1- CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86173", "415")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86173", " 240185-1 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86010", "416")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86010", " 244034-2 - CARRO ELETRICO GARDEN GC CARGO                    ")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86023", "417")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86023", " 252175-0 -CARRO ELETRICO GARDEN GC CARGO                    ")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86052", "418")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86052", " 244035-1- CARRO ELETRICO GARDEN GC CARGO                    ")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>6.850,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86011", "419")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86011", " 252176-8 -CARRO ELETRICO GARDEN GC CARGO                    ")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86018", "420")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86018", " 252177-6 -CARRO ELETRICO GARDEN GC CARGO                    ")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86172", "421")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86172", " 240184-3 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86101", "422")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86101", " 233949-8 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86684", "423")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86684", "SONOFLETOR EVIDE MODELO C8.2 - CONFIRA AS ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86174", "424")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86174", " 239082-5 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86168", "425")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86168", " 233952-8 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86013", "426")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86013", " 255605-7 -CATRACA CONTROLE LUMEN CADEIRANTE CARD2           ")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>430,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86091", "427")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86091", " 195553-5- CATRACA DE CONTROLE TELEMATICA 300                ")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...47 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86014", "428")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86014", " 208686-7-CATRACA BIDIRECIONAL TELEMATICA PD300             ")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86095", "429")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86095", " 195552-7- CATRACA DE CONTROLE TELEMATICA 300                ")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86019", "430")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86019", " 208685-9 -CATRACA BIDIRECIONAL TELEMATICA PD300             ")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86098", "431")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86098", " 195554-3- CATRACA DE CONTROLE TELEMATICA 300                ")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86012", "432")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86012", " 208684-1 -CATRACA BIDIRECIONAL TELEMATICA PD300             ")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86092", "433")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86092", " 195555-1-CATRACA DE CONTROLE TELEMATICA 300                ")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86027", "434")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86027", " 305464-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86807", "437")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86807", "CATRACA DE CONTROLE ELETRONICA HENRY  ")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86400", "13032")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86400", "TRITURADOR DE RESIDUOS CLEANY F08/085, FCBM 281961-9           ")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86136", "17101")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86136", " 273920-8-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86112", "17115")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86112", " 273915-1 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86130", "17116")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86130", " 273317-0- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E202" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86151", "17117")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86151", " 277600-6-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86115", "17119")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86115", " 277598-1- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E204" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...85 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86140", "17120")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86140", " 273312-9 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E205" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86108", "17140")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86108", " 273318-8- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
+      <c r="E206" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86133", "17141")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86133", " 273919-4 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86401", "19056")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86401", "  280862-5 TRITURADOR DE RESIDUOS CLEANY F08/085       ")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D23" s="4" t="inlineStr">
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86129", "20412")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86129", " 273918-6-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
+      <c r="E209" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86103", "20413")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86103", " 273311-1- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...5950 lines deleted...]
-      </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86046", "20414")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86046", " 306045-4 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86084", "20415")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86084", " 307017-4 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86042", "20416")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86042", " 309655-6 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86048", "20417")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86048", " 309652-1- CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86045", "20418")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86045", " 307016-6-CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86044", "20419")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86044", " 305466-7-CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86074", "20420")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86074", " 307015-8 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86175", "20421")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86175", " 242365-1 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
-      <c r="A219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86179", "20422")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86179", " 242364-2 -CATRACA DE CONTROLE HENRY CARD II                 ")</f>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
-      <c r="A220" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86197", "20423")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86197", " 300425-2- CATRACA DE CONTROLE HENRY TIPO PEDESTAL           ")</f>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
-      <c r="A221" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86036", "20424")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86036", " 314620-1 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86077", "20425")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86077", " 314622-7 -CATRACA DE CONTROLE ELETRONICA HENRY              ")</f>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
-      <c r="A223" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86161", "20426")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86161", " 277491-7- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>