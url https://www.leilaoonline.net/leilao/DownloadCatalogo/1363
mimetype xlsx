--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1307 +269,1147 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85318", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85318", "veja o vídeo!! ESCAVADEIRA FIATALIS S90")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85317", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85317", "4 PLATAFORMAS ELEVATÓRIAS MODELO GS 2046; ANO 2007")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>100.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85324", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85324", "veja o vídeo!! RETRO ESCAVADEIRA CASE 580H; ANO APROX. 1981/1982 - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>114</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>41.600,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85313", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85313", "GUINDASTE BUCYRUS ERIE 12 TON.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>36.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85315", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85315", "TRATOR FORD 5600; ANO 1984 - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>23.050,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86683", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86683", "TRATOR AGRALE 4200; ANO 1982; ACOMPANHA GRADE NIVELADORA E ARADO COM 2 DISCOS REVERSÍVEL")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86752", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86752", "veja o vídeo!! TRATOR MASSEY FERGUSSON 65X; ANO 74; 3 MARCHAS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>24.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85319", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85319", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>32.600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85320", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85320", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007 - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85321", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85321", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85322", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85322", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>36.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85312", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85312", "GUINDASTE CANARINHO HYSTER - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>20.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85316", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85316", "EMPILHADEIRA MADAL 5 TONELADAS DIESEL")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>28.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86764", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86764", "veja o vídeo!! TRATOR MASSEY FERGUSSON 65X; ANO 1973; 3 MARCHAS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>23.100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86765", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86765", "veja o vídeo!! TRATOR MASSEY FERGUSSON 235; ANO 1976; 4 MARCHAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>22.150,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86767", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86767", "TRATOR VALMET MODELO 600 D; ANO 1963; NECESSITA REPARO NO CÂMBIO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>8.050,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86769", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86769", "TRATOR MASSEY FERGUSSON 50X; ANO 1972; COM ROÇADEIRA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85323", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85323", "veja o vídeo!! VALMET 110; ANO 1980 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85330", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85330", "PÁ CARREGADEIRA MICHIGAN 75.2; ANO APROXIMADO 1980")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85331", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85331", "TRATOR MASSEY FERGUSSON 50X; ANO 1971")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85332", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85332", "TRATOR MASSEY FERGUSSON 50X; ANO 1970")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85326", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85326", "CALCAREADEIRA MINAME DE 5500KG; ESTEIRA DE 40CM")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85327", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85327", "30 DORMENTES DE LINHA DE TREM DE 2.4M")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85328", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85328", "MOTOR MWM; TURBINADO; 6 CILINDROS; COM BOMBA KSB 100/4")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85333", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85333", "TRATOR FORD 6600; ANO APROX. 1982")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86800", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86800", "veja o vídeo!! GERADOR DE ENERGIA DE 160KVA; COMPLETO COM PAINEL; MOTOR DE SCANIA; TURBINADO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86803", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86803", "BRITADOR 80/50")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>117</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>86.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85329", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85329", "TRATOR FORD 5000; ANO 1968; COM ARADO DE 3 DISCOS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85335", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85335", "veja o vídeo!! TRATOR VALMET 68; ANO 82 - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>22.100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85336", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85336", "GRADE ARADORA 14 DISCOS; 28 POLEGADAS; MARCA TATU")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85337", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85337", "GRADE ARADORA DE ARRASTO 20X28; COMPLETA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85334", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85334", "COLHEITADEIRA MF 3640 ANO 1985 COM BOCA DE MILHO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85338", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85338", "IMPLEMENTOS (2 SUBSOLADORES DE 1 HASTE; 1 DISCADOR DE 2 RUAS; 1 DESFIBRADEIRA SEM MOTORR")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85340", "042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85340", "TRATOR CBT 1000; ANO 1972 - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85341", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85341", "veja o vídeo!! TRATOR AGRALE; MOD. 4300; ANO 1986 - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85342", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85342", "FERRAMENTAS DE USINAGEM; MACHO E COSSINETES; MARCA OSG; VÁRIAS MEDIDAS; NOVOS E USADOS")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>810,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85343", "045")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85343", "CARRETEL ENROLADOR DE IRRIGAÇÃO; MARCA METAL LAVRAS; 4 RODAS; COM 320M MANGUEIRA X 90MM DE ESPESURA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85344", "046")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85344", "TRATOR VALMET; MODELO 78; ANO 1984/85; COM DUPLA EMBREAGEM - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...575 lines deleted...]
-      <c r="F37" s="4" t="inlineStr">
+      <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85345", "047")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85345", "TRATOR VALMET; MODELO 80; ANO 1970; SEM BATERIA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="B38" s="4" t="inlineStr">
-[...365 lines deleted...]
-      </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85339", "050")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/85339", "FURAKAWA RACK ABERTO ENTERPRISE 45U")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>