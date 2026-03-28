--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86420", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86420", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 128 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>27.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86419", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86419", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 313 - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86423", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86423", "IVECO; DAILY 35S14HDCS; 2014/2014; BRANCA; DIESEL - PLATAFORMA - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>107.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86421", "008")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86421", "I/FORD FUSION; 2014/2015; PRETA; GASOLINA; FROTA 070 - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>52.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86443", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86443", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86442", "011")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86442", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86426", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86426", "veja o vídeo!! I/M. BENZ 312D SPRINTER M; 1999/2000; VERMELHA; DIESEL")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.700,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86422", "019")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86422", "VW/KOMBI FURGAO; 2005/2005; BRANCA; GASOLINA; FOOD TRUCK - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>10.900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86425", "025")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86425", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.450,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86436", "026")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86436", "GM/BLAZER ADVANTAGE; 2009/2010; PRETA; ALCO./GASOL.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86437", "027")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86437", "GM/BLAZER COLINA; 2004/2005; BRANCA; GASOLINA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86438", "028")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86438", "I/FORD RANGER XLT 14X; 1999/1999; PRATA; GASOLINA/GAS NATURAL VEICULAR")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86439", "029")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86439", "GM/VECTRA SEDAN ELITE; 2010/2011; PRETA; ALCO./GASOL.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86806", "030")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86806", "FORD/CORCEL; 1976/1976; AZUL; GASOLINA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>6.950,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86424", "101")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86424", "BAÚ PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86427", "102")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86427", "I/M. BENZ 415 CDI SPRINTER M; 2016/2017; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>99.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86428", "103")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86428", "I/M. BENZ 415 CDI SPRINTER M; 2015/2016; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>87.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86429", "104")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86429", "I/M. BENZ 415 CDI SPRINTER M; 2014/2015; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86433", "105")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86433", "I/JINBEI TOPIC SL; 2013/2014; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86434", "106")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86434", "I/JINBEI TOPIC SL; 2013/2014; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86430", "107")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86430", "RENAULT/MASTER MBUS L3H2; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>98.050,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86431", "108")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86431", "RENAULT/MASTER MARIM PAS; 2017/2018; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>91.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86432", "109")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86432", "RENAULT/MASTER MBUS L3H2; 2017/2018; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>95.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86776", "110")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86776", "I/MERCEDES E320 JF65W; 1997/1997; PRATA; GASOLINA - FROTA 88")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86777", "111")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86777", "II/MERCEDES E320 JF65W; 1997/1997; PRATA; GASOLINA - FROTA 06")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86778", "112")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86778", "I/MERCEDES E320 JF65W; 1998/1999; PRATA; GASOLINA - FROTA 67")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86773", "113")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86773", "I/HYUNDAI ATOS PRIMEGLS; 2000/2001; PRATA; GASOLINA - FROTA 40")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86435", "114")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86435", "CAMINHÃO FORD/CARGO 816 S COM CESTO AÉREO; 2014/2015; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>260</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>152.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86441", "120")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86441", "VEÍCULO ANTIGO MARCA AUBURN; ANO APROX. 1929; MODELO 8-90 PARA RESTAURAÇÃO; ACOMPANHA DOIS MOTORES ORIGINAIS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="A20" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>26.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86774", "150")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86774", "veja o vídeo!! PEUGEOT/HOGGAR XR; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>17.650,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86775", "201")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86775", "veja o vídeo!! RENAULT/MASTER BUS16 DCI; 2008/2009; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
-      <c r="B20" s="4" t="inlineStr">
-[...685 lines deleted...]
-      </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86779", "216")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86779", "CHEVROLET/S10 LT DD2A; 2015/2015; PRATA; DIESEL; IPVA 2021 PAGO - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>84.750,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>