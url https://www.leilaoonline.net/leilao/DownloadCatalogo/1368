--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,2331 +269,2043 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86816", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86816", " Empilhadeira linde ag 35 motor Perkins ano 2002")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86817", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86817", " Empilhadeira Clark dpy 25 motor Q20B")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86819", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86819", " Sucata Hilux SW4  preta sem ano funcionando - Sem direito a documento ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86825", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86825", " Empilhadeira clark 7T motor Q20B")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86824", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86824", "Caminhão  Mb 1513 ano 1983 -  Guindaste villares acoplado ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86823", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86823", "Caminhão  Mercedes Benz 1418 - 1995")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86822", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86822", " Sucata de iveco 2004 motor funcionando - Sem direito a documento ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86834", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86834", "Caminhão Volkswagen Constellation 15-190 ano 2012 (Atenção: média monta duas transferências)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86827", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86827", " Empilhadeira Toyota 10T motor Mercedes")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86831", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86831", " Caminhão fossa Mb 1513 1975 - parou funcionando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86836", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86836", "Caminhão  Ford cargo 1722 ano 2007 caçamba basculante funcionando")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86835", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86835", " Caminhão Volvo nl12 400 1992 6x4 ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86821", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86821", " Caminhão Mercedes Benz 1218r ano 2001 (faltando peças)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86818", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86818", " Caminhão Mercedes Benz 1113 ano 1973 - tanque de combustível")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86820", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86820", " Caminhão Mercedes Benz 1614 ano 1992 - reduzido, no chassi")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86826", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86826", " Empilhadeira Mitsubishi triplex com motor diesel (faltando peças)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86828", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86828", " Caminhão Ford cargo 1517 ano 2006 - barulho no motor")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86830", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86830", " Caminhão Mercedes Benz 2318 ano 1991 -  parou funcionando")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86832", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86832", " Caminhão Volvo nl10 ano 1987 6x4 - parou funcionando")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86829", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86829", " Caminhão Mercedes Benz 1620 ano 2006 caçamba basculante (motor,caixa e diferencial no lugar, faltando algumas peças pequenas)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86833", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86833", " Caminhão Mercedes Benz 1620 ano 2006 caçamba basculante (motor,caixa e diferencial no lugar, faltando algumas peças pequenas)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>72.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86837", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86837", " Caminhão Mercedes Benz 1313 ano 1983 Fossa combinado hidrolato")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86839", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86839", " Caminhão Mercedes Benz 710 2002 (faltando diferencial, Munck não acompanha)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86838", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86838", " Motocana mf 265")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86842", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86842", " Plataforma reboque com guincho caçador")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86840", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86840", " Trator valmet  motor MWM 226")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86841", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86841", " Trator mf 290 faltando rodas traseiras ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86843", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86843", " Toyota Hilux 2001 4x4 funcionando")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86844", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86844", " Ônibus iveco 2011 motor da partida e engrena")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86848", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86848", " Ford cargo 2431 ano 2018/19 com tanque para ração (Atenção: média monta ,duas transferências)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>241.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86847", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86847", " Mercedes Benz 1113 1977 azul tanque funcionando")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86845", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86845", " Mercedes Benz 1113 1973 amarelo no chassi")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86851", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86851", " Toyota Hilux srv prata 20/20")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>205.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86854", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86854", " Toyota Hilux srx vermelha 19/19")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>195.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86850", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86850", " Toyota Hilux srx prata 20/20")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>211.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86849", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86849", " Toyota Hilux SW4 srx preta 19/20")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>107</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>256.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86846", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86846", " Caminhão Volkswagen 26280 ano 2012  Munck 60 2,3/63 IMAP")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>333.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86862", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86862", " Caminhão Mercedes Bens 1318 ano 2007 Munck 12 masal")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86865", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86865", " Caminhão Mercedes Bens 1620 ano 2011 tanque 10.000 litros")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86856", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86856", " Caminhão Volkswagen worker 8-120 2008 prancha")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>85.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86853", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86853", " Caminhão Ford cargo 6332 ano 2009 guindaste madal palfinger md300l")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>355.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86858", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86858", " Caminhão Ford cargo cavalo mecânico 1932 ano 2011")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86861", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86861", " Caminhão Mercedes Benz 1418 4x4 bombeiro")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86864", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86864", " Caminhão Volkswagen 24250 ano 2011 Munck 49 Luna")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>410.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86859", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86859", " Caminhão Ford cargo 2628 ano 2012 Munck 49 Luna")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>395.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86863", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86863", " Caminhão Ford cargo 4532 - toco 2010")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86852", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86852", " Caminhão Mercedes Benz 710 1997 Munck madal palfinger 6500")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86860", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86860", " Guindaste tadano (somente equipamento guindaste)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86867", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86867", " Caminhão Ford cargo 6332 2009/10 - poliguindaste")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86855", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86855", " Ônibus Mercedes Benz 2005")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86866", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86866", " Kia mohave 2009 prata - (Atenção: Necessário Duas transferências)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86857", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86857", " Kia mohave 2010 prata - (Atenção: Necessário Duas Transferências) ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86868", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86868", " Kia mohave 2009 cinza - (Atenção: Necessário Duas transferências)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86873", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86873", " Kia mohave 2008 prata - (Atenção: Necessário Duas transferências)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86883", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86883", " Ônibus Volkswagen - 2007")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86881", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86881", " Caminhão Ford cargo 1722 ano 2003")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86876", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86876", " Caminhão Mercedes Benz 1218r 2002")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86877", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86877", " Ônibus Mercedes-Benz")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86882", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86882", " Caminhão Ford cargo 1622 Roll-on")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86878", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86878", " Caminhão Mercedes Bens 1620 2001 tanque - Não acompanha carreta ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86869", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86869", " Caminhão Mercedes Bens 1113 poliguindaste")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86880", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86880", " Komatsu pc 200 2012")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>237</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>251.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86879", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86879", " New Holland lb 90 2012")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>121.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86872", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86872", " Agrale 4100 4x2 funcionando")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86870", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86870", " Caminhão Ford cargo 2629 ano 2014 Munck 83600 líder")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>500.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86875", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86875", " Sucata Caminhão Volkswagen Guincho - Sem direito a Documento (Barco não acompanha o lote)")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86871", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86871", " Dodge Ram 2500 Laramie 2011")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86874", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86874", " Civic si 2008 - Atenção : Necessário 2 transferências")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89403", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89403", " Britador de mandíbulas duplo QUEIXADA 400 RI, 3 saídas")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89404", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89404", " Sucata F250 Sem direito a documento")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89402", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89402", " Sucata F250 Sem direito a documento")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...1939 lines deleted...]
-      <c r="F74" s="4" t="inlineStr">
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89405", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89405", " Sucata F250 - Sem direito a documento")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>