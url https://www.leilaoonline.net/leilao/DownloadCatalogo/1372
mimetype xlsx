--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86753", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86753", " CAIXA ESTACIONÁRIA COMPAC. DE LIXO - REF. 001, PORTAL OBS:  ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86754", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86754", " CAIXA ESTACIONÁRIA COMPAC. DE LIXO - REF. 002, PORTAL OBS:  ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86755", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86755", " CAIXA ESTACIONÁRIA COMPAC. DE LIXO - REF. 003, PORTAL OBS:  ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86757", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86757", " CAIXA ESTACIONÁRIA COMPAC. DE LIXO - REF. 015 OBS:  ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86759", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86759", " CAIXA ESTACIONÁRIA COMPAC. DE LIXO - REF. 028, PORTAL OBS:  ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86758", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86758", " CAIXA ESTACIONÁRIA COMPAC. DE LIXO - REF. 030, PORTAL OBS:  ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86762", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86762", " CAIXA ESTACIONÁRIA COMPAC. DE LIXO - REF. 033, PORTAL OBS:  ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86760", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86760", " CAIXA ESTACIONÁRIA COMPAC. DE LIXO - REF. 038, USIMECA OBS:  ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86761", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86761", " LIMPADORA DE PRAIA HM2 OBS:   Motor: Não Funciona,  Pintura: Ruim,  Lataria: Ruim,  Tapeçaria: N/A,  Pneus: Ruim, Parte Elétrica: Não Funciona,  Chassis: 4160387")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86756", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86756", " CAIXA COMPACTADORA 19 M3 - PLANALTO - MAGNUN - 2012 OBS:    Pintura: Ruim,  Lataria: Ruim,   Parte Elétrica: Não Funciona OBS: Implemento faltando: Rapa Gari, Cilindros Hidráulicos, Cilindro Bate-Caixa, Cilindro Telescópio, Cilindro Rampa Gari e Comando Hidráulico ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...211 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86763", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/86763", " MOTOR CUMMINS SÉRIE C , 6 CILINDROS Nº 36138023 - RETIFICADO OBS:  ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>