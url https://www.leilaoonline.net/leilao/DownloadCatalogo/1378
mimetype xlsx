--- v0 (2025-10-10)
+++ v1 (2026-03-28)
@@ -269,3163 +269,2771 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89075", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89075", "VW Fox 1.0 2006/2007 - Flex - Funcionando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89074", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89074", "[Vídeo] VW Amarock S 2018/2018 TB Diesel 4x4 Manual")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>71.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88052", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88052", " Lote com: Aproximadamente 300 KG de Cabos de Aço - Lances por KG")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88048", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88048", " Lote com: 200 KG de Corrente - Lances por KG")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88039", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88039", " Lote com: Aproximadamente 1000 KG de polias e peças - obs.: suporte de aço incluso - Lances por KG")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1,65</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88041", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88041", " Lote com: Aproximadamente 12 Ton.  de Sucatas de Chapas e 15 arquivos de aço - Lances por KG")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>20.400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88043", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88043", " Lote com:  Aproximadamente 8 Ton. De Sucata de chapas e peças - Lances por KG")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>13.600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88040", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88040", " Lote com: Aproximadamente 780 Kg. - Sucata de Molas - Lances por KG")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.287,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88047", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88047", " Lote com: Apróximadamente 600 Kg.  - Sucata de Pisos Elevados - Lances por KG")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88044", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88044", " Lote com: Aproximadamente 1240 Kg de rodas de caminhão - Lances por KG")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.170,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88046", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88046", " Lote com: Aproximadamente 60 Kg de peças registros - Lance por Lote")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89156", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89156", " Lote com Aproximadamente 80kg de Cobre - Sem ferro ( Lance por lote)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89151", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89151", " Lote com: 25kg de fio encapado e sucata de eletrônicos")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88471", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88471", " Guincho Hidráulico - Funcionando")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88467", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88467", " Guincho Hidráulico - Funcionando")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88063", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88063", " Motor e Reservatório")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88470", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88470", " Arado Antigo")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88475", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88475", " Carroça pequena antiga")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88476", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88476", " Cadeira de boneca antiga")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88474", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88474", " Lote com: 65 caixas - 0,80 x 0,60")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88473", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88473", " Lote com: 2 uni. Arados antigos.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88472", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88472", " Carreta de ferro - Sem direito a documento - Sucata")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88468", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88468", " Lote com: Aproximadamente 1000 Kg de Tubos diversos ( Valor por lote)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88062", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88062", " Lote com:  3 Uni. Prateleiras 2,45 x 41 x 93 (industriais)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88056", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88056", " Lote com:  3 Uni. Prateleiras 2,45 x 31 x 93 (industriais)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88050", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88050", " Lote com:  3 Uni. Prateleiras  2,45 x 31 x 93 (industriais)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88042", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88042", " Lote com:  3 Uni. Prateleiras  2,45 x 31 x 93 (industriais)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88053", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88053", " Ar condicionado (retirado em funcionamento)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88045", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88045", " Ar condicionado (retirado em funcionamento)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88049", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88049", " Ar condicionado (retirado em funcionamento)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88055", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88055", " Ar condicionado (retirado em funcionamento)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88057", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88057", " Ar condicionado (retirou sem teste )")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88066", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88066", " Lote com: 2 condensadores Philco")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88067", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88067", " Lote com: 2 condensadores")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88065", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88065", "Paletizadora elétrica com bateria")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88068", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88068", " Par de Garfo para empilhadeira")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88069", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88069", " Par de Garfo para empilhadeira")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88051", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88051", " Lote com: 6 Uni. Prateleiras")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88054", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88054", " Lote com: 1 Uni. Container 1,40x1,30 e 1 uni. bancada de trabalho")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88058", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88058", "  Lixeira - 1000 litros")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88059", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88059", " Lote com: 2 uni. Lixeiras - 1000 litros")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88060", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88060", " Lote com: Bancada de lavagem e 2 uni. placas de informação")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88061", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88061", " Lote com: 2 uni. bancadas e 1 uni. carrinho")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88477", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88477", "Lote com: 60 unid. Telefones - Sem Uso")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88755", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88755", "Lote com: 2 rebitadeiras ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88469", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88469", " Lote com: 200 lixeiras plásticas")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89160", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89160", " Lote com: 6 peças para moldar compensado - medidas aproximada 2.00 x 1.00")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89155", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89155", " Prensa para compensado")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89153", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89153", " Lote com: Painel e motor de 5cv")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89159", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89159", " Lote com: 4 prateleiras - sendo 2 desmontadas")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89157", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89157", " Lote com itens diversos")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89158", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89158", " Lote com 10 ombrelones desmontados (podendo apresentar avarias)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89154", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89154", " Lote com: 20 compressores")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89161", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89161", " Lote com: 30 varetas de rosca de 3 metros.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89152", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89152", " Lote com: 2 cadeiras")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89174", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89174", "Cabine audiomerica acústica")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89173", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89173", "Aparelho audiometria MA41 funcionando sem aferição")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89169", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89169", " Aquário 1,20x60x40 com estrutura ferro")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89167", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89167", " Lote com: 4 unid. pneus 265/70/16 (somente os pneus rodas não inclusas)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89163", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89163", "Lote com: 2 Pneus 225/35/20")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89164", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89164", "Lote com: 2 Pneus 235/50/18")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89168", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89168", "[VÍDEO] - Projetor luzes (funcionando perfeitamente)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89170", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89170", " Tv Samsung - com tela quebrada")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89166", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89166", " Projetor Sony")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89165", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89165", " Projetor Epson")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89172", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89172", " Vasos decorativos")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89162", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89162", " Lote com:  2 abajures estilo americanos")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89920", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89920", "Lote com: 2 abajures estilo americanos")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89239", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89239", "PS3 Slim")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89238", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89238", " Celular S7 - Sem uso ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89237", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89237", " Lote com: 1 unid. PC i3 4gb ran 500hd e 1 unid.  i3 4gb ran 750hd - Funcionando")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89236", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89236", " Lote com: 2 unid. Maleta/Bolsa DELL - Sem uso")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89235", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89235", " Lote com: 3 prateleiras americanas")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89400", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89400", "Lote com: Canos , peças, portão e bombas antigas")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89919", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89919", "Lote com: 50 LPs - MPB, Sertanejo e Outros")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89171", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89171", " Lote com: 2 unidades - secadores geminus com aquecimento sensor - funcionando")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89921", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89921", " Maquina de café e derivados (funcionando)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89922", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89922", " Bebedouro Galão interno - Funcionando")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89923", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89923", "Lote com: 4 Cabritas - Sem uso")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89924", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89924", "Lote com: 4 Cabritas - Sem uso")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89925", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89925", "Lote com: 5 Cabritas - Sem uso")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89935", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89935", "Lote com: 2 carrinhos de inox.")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89938", "085")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89938", "Lote de informática - CPUs, No-break, Monitores e cabos.")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89939", "086")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89939", "Celular Samsung S9+")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90019", "087")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90019", "Lote com: Aproximadamente 18 partes de sofás de canto -  Sem uso - diversos ponta de estoque")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90020", "088")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90020", "Máquina de Solda Worker MS 150 - Funcionando ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90056", "089")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90056", "Aquecedor 110V - Funcionando")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90057", "090")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90057", "Aquecedor 110V - Funcionando")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90101", "091")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90101", "MOTOSSERRA GASOLINA STIHL MS 382 - Sem uso")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90108", "092")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90108", "Lote com: 2 carrinhos com marmiteiras grandes de rodízios")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90109", "093")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90109", "Lote com: 2 uni. roçadeiras -  1 uni.  soprador  - 1 uni. bomba")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90111", "094")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90111", "Lote com: 600 kilos de sacaria de estopa - Bom estado ( preço por lote )")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90115", "095")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90115", "Lote com: 2 uni. armários aço - 4 uni. portas de alumínio - 3 uni. portas de aço")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90116", "096")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90116", "Lote com: 2 macas ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90117", "097")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90117", "Lote com: Ar condicionado - impressoras e outros")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90118", "098")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90118", "Lote com: 2 autoclaves ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...147 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...57 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90119", "099")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90119", "Lote com: 1 uni. Liquidificador - 1 uni. Fatiador de alimentos ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...2654 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90123", "100")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90123", "Freezer - Ligando - Não gela")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>