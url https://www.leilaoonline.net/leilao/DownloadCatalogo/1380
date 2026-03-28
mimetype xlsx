--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88116", "117")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88116", " 1 PAINEL DE COMANDO DE MOTORES, SETTA - SOMENTE O PAINEL -  PARA 05 PARTIDAS E 4 PORTAS , LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87379", "144")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87379", " FIAT STRADA CS 1.4 WKG, ANO 2015/2016, EQ. 11081, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87382", "145")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87382", " FIAT STRADA CD 1.4 HARD, ANO 2016/2017, EQ.11098, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87381", "146")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87381", " FIAT STRADA CD 1.4 WKG, ANO 2015/2015, EQ.11077, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87378", "147")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87378", " FIAT STRADA CE 1.4 WKG, ANO 2015/2015, EQ. 11071, LOC. JÃO PINHEIRO /MG")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87380", "148")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87380", " FIAT STRADA CD 1.4 HARD, ANO 2017/2017, EQ.11099, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87390", "149")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87390", " REBOQUE STARA 16000, ANO 2010/2011, S/ PLACA , EQ.60057, LOC. JOÃO PINHEIRO/MG  ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87395", "150")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87395", " ENFARDADORA CHALLENGER LB34B CHALLG, ANO 2015, EQ.60183, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87400", "151")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87400", " PLANTADORA PCP 6000, DMB, ANO 2009, EQ.8001, LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87388", "152")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87388", " PLANTADORA PCP 6000, DMB, ANO 2009, EQ.8006, LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87397", "153")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87397", " BANHEIRO QUIMICO, LANA, ANO 2010, EQ. 60063, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87401", "154")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87401", " BANHEIRO QUIMICO, LANA, ANO 2010, EQ. 60033, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87386", "155")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87386", " MOTOBOMBA HONDA WB30XT, ANO 2010/2010, EQ.18003-LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87387", "156")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87387", " MOTOSUCÇAO BRANCO 1011, B4T715, ANO 2011, EQ. 60154, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87393", "157")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87393", " COLHEDORA JOHN DEERE CH570, ANO 2016, EQ.40027, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87394", "158")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87394", " CAMINHÃO VOLVO FH520 6X4, ANO 2010/2010, EQ.20018, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>127.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87399", "159")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87399", " CAMINHÃO VOLVO FH520 6X4, ANO 2010/2010, EQ. 20020, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>107</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>131.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87389", "160")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87389", " HIDRO ROLL G5 140 , METALLAVRAS, ANO 2009, EQ. 92405, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87398", "161")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87398", " HIDRO ROLL G5 140 , METALLAVRAS, ANO 2011, EQ. 92417, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87392", "162")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87392", " MOTOBOMBA VOLVO TAD722-VE, ANO 2011, EQ. 60087, LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87402", "163")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87402", " CAMINHÃO VOLVO FH520 6X4, ANO 2010/2010, S/ PLACA, EQ.20017, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87396", "164")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87396", " CAMINHÃO VOLVO FH520 6X4, ANO 2010/2010, EQ. 20022, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>119.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87385", "165")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87385", " TRATOR JOHN DEERE 7715, ANO 2010, EQ. 30016, LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>143</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87384", "166")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87384", " TRATOR JOHN DEERE 7715, ANO 2010, EQ. 30018, LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>177.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87403", "167")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87403", " LOTE DE RODAS DIVERSAS, VEJA DESCRITIVO DE ITENS - LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87383", "168")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87383", " MOTOGERADOR BUFFALO 4T, ANO 2012, EQ. 60112, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87406", "169")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87406", "MOTOR A DIESEL BUFFALO 4T TDE50RXP, LOC. JOÃO PINHEIRO/MG   ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87407", "170")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87407", "PNEUS DIVERSOS , VEJA DESCRITIVO DE ITENS , LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87408", "171")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87408", "PNEUS DIVERSOS , VEJA DESCRITIVO DE ITENS , LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87391", "172")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87391", " MOTOGERADOR YANMAR YBG22T, ANO 2012, EQ.62007, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87409", "173")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87409", "TRANSMISSÃO DE RETROESCAVADEIRA  310L JOHN DEERE AVARIADA REF: AT336001, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>