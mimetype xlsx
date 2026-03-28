--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88454", "079")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88454", " CHASSI CAMINHÃO, MB 710, ANO: 00/00. PLACA:  GVP 7B63 RENAVAM:  736339531 CHASSI:  9BM688156YB222374")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88455", "080")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88455", " CHASSI CAMINHÃO, MB 914, ANO: 97/97 PLACA:  GVK 2390  RENAVAM:  685988260 CHASSI:  9BM688133VB139865")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88457", "081")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88457", " CHASSI CAMINHÃO, M.BENZ/712 E SBB CF, ANO: 06/06. PLACA:  GVQ 5C62 RENAVAM:  901930610 CHASSI:  9BM6881116B500477")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88458", "082")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88458", " CHASSI CAMINHÃO MB 712 C, ANO 1999.  PLACA:  GXH7208 RENAVAM:  720356881 CHASSI:  9BM688255XB197270")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88456", "083")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88456", " CHASSI CAMINHÃO MB 712 E, ANO/MOD: 08/09 PLACA:  JVR8394 RENAVAM:  123419298 CHASSI:  9BM6881119B625669")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>