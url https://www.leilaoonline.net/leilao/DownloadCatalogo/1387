--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2203 +269,1931 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87802", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87802", "[ VÍDEOS ] Conjunto de Diferencial da FR180 eixo dianteiro/traseiro")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87804", "007")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87804", " [ VÍDEOS ] Ripper (Escarificador de D8)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87809", "008")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87809", " Conjunto de Patolamento")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87799", "009")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87799", "[ VÍDEO ] Diferencial 966C Dianteiro/traseiro")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87810", "011")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87810", "[ VÍDEO ] Conjunto de Diferencial WA 320-5")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87808", "013")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87808", "[ VÍDEOS ] Motor 6cc de PC 600 no estado.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>49.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87807", "014")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87807", " [ VÍDEOS ] Motor Scania")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87806", "016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87806", "[ VÍDEO ] Motor Yammar com Gerador")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87814", "017")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87814", "[ VÍDEO ] Transmissão D8H No Estado. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87800", "018")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87800", " Tanque Limpa Fossa ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87796", "019")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87796", " [ VÍDEO ] Motor Cummins Série C Mecânico/Parcial")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87797", "020")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87797", " Motor Cummins Série C eletrônico/parcial")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87813", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87813", " Eixo da 966H dianteiro/traseiro")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87816", "025")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87816", "Motor Volvo D16E")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>75.900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90962", "026")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90962", "[ VÍDEOS ] EMPILHADEIRA LINDE H40D")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90961", "027")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90961", "[ VÍDEOS ] CABINE JCB JS200/330")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90963", "028")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90963", "[ VÍDEO ] EMPILHADEIRA LINDE H50D")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90972", "029")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90972", "[ VÍDEOS ] MOTOR VOLVO D7")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90974", "030")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90974", "[ VÍDEOS ] TRANSMISSÃO 120B")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90978", "031")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90978", "[ VÍDEO ] TRANSMISSÃO HUBER 140M")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90970", "032")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90970", "[ VÍDEO ] TRANSMISSÃO CARRARO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90979", "033")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90979", "[ VÍDEOS ] MÁQUINA DE DOBRAR FERRO E MÁQUINA DE SERRA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90960", "034")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90960", "[ VÍDEOS ] GERADOR MÁQ DE SOLDA COM MOTOR")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90966", "035")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90966", "[ VÍDEO ] CONJUNTO DIFERENCIAL JCB 456")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90971", "036")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90971", "[ VÍDEO ] LOTE DE ROLOS VERMELHOS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90973", "037")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90973", "[ VÍDEO ] LOTE DE ROLO PARA TRANSPORTADORA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90968", "038")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90968", " [ VÍDEO ] LOTE REFRATARIO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90964", "039")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90964", "[ VÍDEOS ]  LOTE DE ROLOS DIVERSOS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90976", "040")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90976", "[ VÍDEO ] BOMBA DE LODO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90965", "041")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90965", "[ VÍDEO ] GERADOR MILITAR AMERICANO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90969", "042")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90969", "[ VÍDEO ] LOTE DE ATUADOR ELÉTRICO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90967", "043")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90967", "[ VÍDEOS ] LOTE DE MOTORES ELÉTRICOS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90977", "044")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90977", "[ VÍDEO ] MOTOR COM GERADOR YANMAR")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90975", "045")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90975", "[ VÍDEO ] 02 GERADORES COM 1 ELETROIMÃ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90151", "101")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90151", " TESTE HIDRÁULICO P/ COMPONENTES HIDRÁULICOS; 300 HP; COM 2 FLOW METER 250 GPM")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90152", "102")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90152", " TESTE HIDRÁULICO P/ COMPONENTES HIDRÁULICOS; 30 HP; COM 2 FLOW METER 126 GPM")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90180", "103")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90180", " BANCADA METÁLICA 2X1,2 M; SEM MORSA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90171", "104")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90171", " TORNO ROMI ID-20; DISTÂNCIA ENTRE PONTAS: 1000 MM")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90165", "105")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90165", " RETÍFICA PLANA DE TOPO ASTEN; POT. 4CV")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90173", "106")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90173", " FURADEIRA ZAGAZA MZFR-650; ANO: 1991; POT. 0,75 CV")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90160", "107")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90160", " APROX. 140 CATÁLOGOS E MANUAIS CATERPILLAR")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90158", "108")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90158", " 3 BOMBAS INJETORAS CAT; MOTOR 3304; INJEÇÃO INDIRETA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90174", "110")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90174", " 3 BOMBAS INJETORAS CAT; MOTOR 3306; INJEÇÃO INDIRETA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90168", "112")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90168", " 3 BOMBAS INJETORAS BOSCH RQVK; 2 C/MOTOR 220 E 1 MOTOR 18310")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90163", "113")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90163", " 1 BOMBA INJETORA DENSO; P/ ESCAVADEIRA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90154", "114")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90154", " 1 BOMBA INJETORA NEWSCROLL")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90183", "115")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90183", " 1 BOMBA INJETORA CUMMINS 6BT")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90184", "116")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90184", " 1 BOMBA INJETORA SCANIA; MOTOR DS11")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90159", "117")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90159", " 1 BOMBA INJETORA MBB; MOTOR OM314")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90170", "118")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90170", " 1 BOMBA DOSADORA CAT; MOTOR 3304")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90166", "119")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90166", " 1 BOMBA VOLVO AP EDC")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90156", "120")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90156", " 1 BOMBA BOSCH S/ REGULADOR; P/ BANCADA DE TESTE")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90161", "121")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90161", " 1 BOMBA FORJADA CAT D8H; MOTOR D342")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90176", "122")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90176", " 2 BOMBAS INJETORA BOSCH; P/ TRATOR AGRALE")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90164", "123")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90164", " 28 BOMBAS BOSCH DIVERSAS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>49.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90157", "124")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90157", " 17 BOMBAS CAT DIVERSAS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90155", "125")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90155", " 6 CARCAÇAS DE BOMBA DOSADORA BOSCH E 9 CARCAÇAS DE BOMBA DOSADORA CAT")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90181", "126")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90181", " 11 FLAUTAS DE TESTE "COMMON RAIL"")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90167", "127")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90167", " 28 BOMBAS VE (BOSCH, DENSO E ZEXEL)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90162", "128")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90162", "5 BOMBAS CAT E 1 BOMBA SANTA FÉ. 2 bombas cummins ilustradas não fazem parte do lote.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90178", "129")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90178", " 27 BOMBAS DE ALTA PRESSÃO DIVERSAS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>11.200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90182", "130")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90182", " PEÇAS DIVERSAS P/ BOMBA DELPHI")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90175", "131")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90175", " PEÇAS DIVERSAS P/ BOMBA INJETORA")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...794 lines deleted...]
-      <c r="E40" s="5" t="inlineStr">
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90153", "132")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90153", " PEÇAS DIVERSAS P/ BOMBA INJETORA")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90172", "133")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90172", " BOMBAS E PEÇAS DIVERSAS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90169", "134")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90169", " PEÇAS DIVERSAS P/ BOMBA INJETORA")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90179", "135")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90179", " PEÇAS DIVERSAS P/ BOMBA INJETORA")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F40" s="4" t="inlineStr">
-[...1182 lines deleted...]
-      </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90177", "136")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90177", " 31 CARCAÇAS DE BOMBAS DIVERSAS")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>