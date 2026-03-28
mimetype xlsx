--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89250", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89250", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89249", "011")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89249", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87974", "028")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87974", "I/FORD RANGER XLT 14X; 1999/1999; PRATA; GASOLINA/GAS NATURAL VEICULAR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87965", "029")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87965", "GM/VECTRA SEDAN ELITE; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87978", "030")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87978", "I/CHERY CIELO 1.6 HATCH; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87979", "031")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87979", "MMC/PAJERO TR4 FL 2WD HP; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>35.550,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87980", "032")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87980", "FORD/CORCEL; 1976/1976; AZUL; GASOLINA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87966", "089")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87966", "FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87967", "090")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87967", "FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>48.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87968", "091")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87968", "FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>47.150,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87969", "092")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87969", "I/JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87970", "093")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87970", "FORD/CARGO 816 S; 2013/2013; BRANCA; DIESEL - EQUIPADO COM CESTO AREO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>132.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87971", "094")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87971", "FORD/CARGO 816 S; 2013/2013; BRANCA; DIESEL - CESTO AÉREO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>118.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87972", "095")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87972", "FORD/CARGO 816 S; 2013/2013; BRANCA; DIESEL - EQUIPADO COM CESTO AREO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>118.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87973", "096")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87973", "I/FIAT DUCATO CARGO B; 2019/2019; AMARELA; DIESEL ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87975", "097")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87975", "I/M. BENZ 415 CDI SPRINTER M; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>66.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87976", "098")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87976", "I/M. BENZ 415 CDI SPRINTER M; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>66.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87977", "099")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87977", "I/M. BENZ 415 CDI SPRINTER M; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>62.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87963", "103")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87963", "I/M. BENZ 415 CDI SPRINTER M; 2015/2016; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87964", "104")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87964", "I/M. BENZ 415 CDI SPRINTER M; 2014/2015; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>71.250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87981", "105")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87981", "veja o vídeo!! I/M. BENZ 312D SPRINTER M; 1999/2000; VERMELHA; DIESEL")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>