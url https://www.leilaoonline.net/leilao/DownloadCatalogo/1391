--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2683 +269,2351 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89255", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89255", "I/FORD RANGER XLT 14X; 1999/1999; PRATA; GASOLINA/GAS NATURAL VEICULAR")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89256", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89256", "GM/VECTRA SEDAN ELITE; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>23.700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87992", "200")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87992", "veja o vídeo!! RENAULT/DUSTER 20 D 4X2; 2016/2016; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>37.249,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88026", "201")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88026", "veja o vídeo!! PEUGEOT/HOGGAR XR; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88759", "202")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88759", "veja o vídeo!! I/MMC OUTLANDER 3.0 GT; 2015/2016; CINZA; GASOLINA - FUNCIONANDO - IPVA 2021 PAGO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>79.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87990", "203")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87990", "veja o vídeo!! I/JAG XE P250 R-SPORT; 2018/2018; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>94.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87991", "204")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87991", "veja o vídeo!! HONDA/FIT EXL CVT; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88025", "205")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88025", "veja o vídeo!! HONDA WR-V EXL CVT; 2020/2021; VERMELHA; ALC./GASOL; APROX 6.500 KM - FUNCIONANDO - IPVA 2021 PAGO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>78.050,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87995", "206")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87995", "FIAT/TORO FREEDOM AT9; 2016/2017; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87982", "207")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87982", "HB20 10M VISION; 2019/2020; BRANCA; ALCO./GASOL.; IPVA 2021 PAGO - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89071", "208")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89071", "veja o vídeo!! CHEVROLET/S10 LT DD4; 2012/2013; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>68.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88032", "209")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88032", "veja o vídeo!! I/VW JETTA 2.0T; 2012/2013; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89083", "210")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89083", "FORD; NEW FIESTA HATCH 1.6; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88027", "211")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88027", "veja o vídeo!! RENAULT/MASTER BUS16 DCI; 2008/2009; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88019", "212")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88019", "veja o vídeo!! I/BMW 320I VA71; 2006/2007; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88029", "213")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88029", "veja o vídeo!! GM/VERANEIO; 1980/1980; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>14.200,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88034", "214")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88034", "veja o vídeo!! HONDA/FIT LX FLEX; 2013/2014; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>19.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89079", "215")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89079", "veja o vídeo!! FIAT/SIENA  ATTRACTIV 1.4; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>21.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89072", "216")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89072", "veja o vídeo!! RENAULT/CAPTUR INTEN 16A; 2018/2019; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>57.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89076", "217")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89076", "veja o vídeo!! HONDA HR-V EXL CVT; 2020/2021; ALCO./GASOL.; APROX. 4200KM - FUNCIONANDO - IPVA 2021 PAGO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88033", "218")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88033", "veja o vídeo!! HONDA/WR-V EX CVT; 2017/2018; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>59.050,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89077", "219")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89077", "veja o vídeo!! I/M. BENZ C180; 2015/2016; PRETA; GASOLINA; IPVA 2021 PAGO - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>91.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87984", "220")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87984", "veja o vídeo!! I/HYUNDAI; AZERA 3.0 V6; 2012/2013; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>37.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87988", "221")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87988", "HONDA/CIVIC LXR; 2014/2014; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87989", "223")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87989", "veja o vídeo!! I/GM; CAPTIVA SPORT 2.4; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88017", "224")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88017", "veja o vídeo!! I/CHEVROLET AGILE LTZ 1.4; 2011/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89073", "225")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89073", "I/FORD FUSION; 2006/2007; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88020", "226")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88020", "veja o vídeo!! HONDA/FIT EX 1.5 16V I-VTEC; 2014/2015; AZUL; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87985", "227")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87985", "I/CHEV SONIC LT HB MT; 2013/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>21.950,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87987", "229")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87987", "veja o vídeo!! I/HYUNDAI I30 2.0; 2011/2012; PRETA; GASOLINA; IPVA 2021 PAGO - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>25.700,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89078", "230")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89078", "HONDA/FIT EX; 2007/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88030", "231")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88030", "veja o vídeo!! CHEVROLET/CELTA 1.0L LT; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87983", "232")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87983", "I/JINBEI TOPIC L; 2012/2012; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88022", "233")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88022", "veja o vídeo!! MBENZ/MPOLO PARADISO R; 2005/2006; AMARELA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88031", "234")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88031", "FIAT/PALIO EDX; 1996/1996; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87986", "235")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87986", "veja o vídeo!! I/AUDI A4 2.0T FSI; 2006/2007; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87996", "236")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87996", "I/KIA PICANTO EX41.0MTFF; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87994", "237")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87994", "veja o vídeo!! VW/GOLF 2.0 BLACK EDIT.; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89068", "238")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89068", "FIAT/LINEA HLX 1.9; 2010/2010; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87993", "239")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87993", "veja o vídeo!! CITROEN/C3 EXCL 16 16V; 2004/2004; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89115", "240")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89115", "GM/ASTRA SEDAN; 2002/2002; PRATA; GASOL./GÁS NATURAL VEICULAR - FUNCIONANDO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89116", "241")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89116", "GM/MERIVA JOY; 2005/2005; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89252", "242")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89252", "FIAT/PUNTO ESSENCE 1.6; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87997", "250")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87997", "veja o vídeo!! VW/SANTANA; 2001/2001; BRANCA; ALCO./GÁS NATURAL VEICULAR - FUNCIONANDO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89080", "251")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89080", "veja o vídeo!! VW/VOYAGE CL 1.8; 1992/1993; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88015", "252")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88015", "GM/CLASSIC SPIRIT; 2008/2008; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88021", "253")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88021", "veja o vídeo!! GM/CORSA CLASSIC 1.6; 2003/2004; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89245", "254")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89245", "veja o vídeo!! CHEVROLET/CLASSIC LS; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89254", "255")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89254", "veja o vídeo!! GM/CORSA WIND; 1998/1999; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87998", "260")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87998", "veja o vídeo!! GM/KADETT IPANEMA GL; 1996/1997; FANTASIA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89243", "261")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89243", "veja o vídeo!! VW/SANTANA; 1997/1997; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>6.650,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89246", "269")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89246", "veja o vídeo!! VW/ FUSCA 1300; 1970/1970; AZUL - FUNCIONANDO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87999", "270")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/87999", "veja o vídeo!! VW/GOL 1.0; 2003/2003; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88018", "271")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88018", "veja o vídeo!! VW/GOL GTI 2000; 1991/1991; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88009", "272")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88009", "veja o vídeo!! VW/GOL GTS; 1990/1991; VERMELHA; GASOLINA - FUNCIONANDO - LEGALIZADO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>30.750,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88010", "273")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88010", "VW/GOL GTS; 1989/1989; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88016", "274")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88016", "VW/GOL GTS; 1989/1989; PRATA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88001", "275")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88001", "veja o vídeo!! VW/GOL GTS; 1992/1992; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>15.300,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88011", "276")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88011", "veja o vídeo!! VW/GOL GTS; 1989/1990; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89257", "283")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89257", "veja o vídeo!! VW/FUSCA 1300; 1968/1968; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>96</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>15.700,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89258", "284")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89258", "veja o vídeo!! VW/GOL GTS; 1989; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>5.300,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89259", "285")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89259", "veja o vídeo!! VW/GOL GTS; 1991; PRATA - FUNCIONANDO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>5.650,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89102", "286")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89102", "veja o vídeo!! PARATI GL 1.8; 1992/1993; AZUL; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88505", "287")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88505", "veja o vídeo!! VW/SANTANA CL; 1988/1988; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88004", "288")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88004", "veja o vídeo!! VW/GOL CL STAR; 1989/1989; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>10.600,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88005", "289")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88005", "veja o vídeo!! VW/GOL GTS;1988/1989; BRANCA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>10.200,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88478", "291")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88478", "VW/PASSAT GTS; 1985/1985; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>8.950,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88479", "292")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88479", "VW/FUSCA 1300 L; 1979/1979; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>9.550,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89244", "293")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89244", "VW/GOL LS; 1985/1985; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89247", "294")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89247", "veja o vídeo!! VW/GOL GTS; 1991/1992; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>15.100,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89248", "295")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89248", "veja o vídeo!! VW/GOL GT; 1984/1984; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>5.950,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89251", "296")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89251", "VW/PASSAT LS; 1977/1977; MARROM; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88006", "297")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88006", "veja o vídeo!! VW; TL 1600; 1974")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88023", "298")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88023", "veja o vídeo!! VW/PASSAT VILLAGE LS; 1986/1986; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88008", "299")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88008", "veja o vídeo!! FORD/BELINA; 1976/1976; MARROM; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89101", "300")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89101", "veja o vídeo!! VW/FUSCA 1300; 1975/1975; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>7.600,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88024", "301")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88024", "VW/BRASILIA; 1978/1979; AMARELA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88007", "302")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88007", "vídeo novo!! GM; MONZA SL/E; 1984/1984; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89253", "303")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89253", "veja o vídeo!! FIAT/FIAT 147 GLS; 1980/1980; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88035", "310")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88035", "22 PNEUS DIVERSOS - MEDIDAS NAS ESPECIFICAÇÕES")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88036", "311")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88036", "PNEUS 205/55R16 91V")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88037", "312")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88037", "RODAS ARO 17")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88012", "313")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88012", "RODAS ARO 15")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>