--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88122", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88122", "MÁQUINA GRÁFICA ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88121", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88121", " ENFARDADEIRA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88125", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88125", " PRENSA CAP. 130 T")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88128", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88128", " EMPILHADEIRA À GÁS, CAP. 2,5 T - Atenção : Cilindro de gás NÃO acompanha")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88127", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88127", " PLATAFORMA ELEVATÓRIA S/ BATERIA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88124", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88124", " SERRA FITA VERTICAL RONEMAK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88126", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88126", " SUCATA DE EMPILHADEIRA TOYOTA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88123", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88123", " PRENSA HORIZONTAL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88129", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88129", " ELEVADOR C/ MOTOR")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...80 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...77 lines deleted...]
-      </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89114", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89114", "Prensa enfardadeira ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>