--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88309", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88309", " Trator Massey Ferguson 292 4x4; Ano: 2004. Obs.: Funcionando/Pneus em bom estado.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>73.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88310", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88310", " Trator Massey Ferguson 297 4x2 c/ engate reboque e kit freio a Ar; Ano: 2000. Obs.: Funcionando/Pneus em bom estado.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88311", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88311", " Trator Massey Ferguson 296 4x2; ano: 1985. Obs.: Funcionando/Pneus em bom estado.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88504", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88504", "[Vídeo] - Motocana -  Massey Ferguson 290")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>