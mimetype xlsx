--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2427 +269,2127 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88825", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88825", " Potes de acrílico sem tampas, externo 66 mm, interno  59 mm, altura 27 mm, aproximadamente 350 unidades")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88815", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88815", " Cilindro Monolucido de chapa Medidas da Face 1550 mm Diâmetro 2500 mm Peso aproximado 4,5 tons")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88814", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88814", " Caldeira a óleo Automática Marca : Termus Modelo: 100.40/3 C.TOB Pressão de trabalho 10 kgf/ cm2 Pressão de prova 15 kgf/ cm2 Ano 31/07/80")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88793", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88793", " Clamps P/ Empilhadeira hidráulico Altura 700 mm Abertura de pega 1500 mm aproximado")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88802", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88802", " Prensa hidráulica enfardadeira p/ papel Marca Hidraumak Medidas aproximada p os fardos 700x800x700 mm")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88781", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88781", " Acumulador de Tubetes p Papel Higiênico Largura útil 2900 mm Profundidade 2000 mm Sem motor e parte elétrica")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88796", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88796", " Peças de carro 20 anéis de vedação 23 pinos 4 rolamentos de pressão 3 buchas conversores de torque 1 bucha de estator Jogo de tambor de embreagem (2) Engrenagens (13) 1 resfriador de óleo de transmissão automática")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88780", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88780", " Caixa de passagens p disjuntores e contactores De ferro e plástico com lote de espelhos, conforme fotos Aproximadamente 70 itens")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88803", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88803", " Porta de alumínio Duas unidades com as seguintes medidas: 2,95 de altura com 1,90 de largura, conforme fotos")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88824", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88824", " Caldeira para 1 milhão KG/CALORIA 1 Caldeira a Lenha Painel elétrico 2 bombas de circulação 1 tanque de expansão 1 tanque de recirculação 1 tanque de nivelamento 1 Silo para fuligem, Registros e demais peças inclusos")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88826", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88826", "Lote com: 2 Estufas com ventilação forçada 1 Estufa de 12 metros de comprimento 1 Estufa de 15 metros de comprimento Painel Eletrico completo Sistema anti-explosão Estufa nova nunca foi usada Pode trabalhar com gás ou radiador com óleo térmico")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88789", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88789", " Calandra para PVC 3 Cilindros Retificados Novos Sistema de Refile Sistema de Gravação com cilindro de borracha Motores Redutores Engrenagens")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88822", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88822", " Calandra em ‘L’ 4 Cilindros   1 de reserva 2 Laterais com regulagem elétrica de espessura Unidade de Aquecimento Motor Redutor Todas as engrenagens Demais peças")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88818", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88818", " Descascador de Legumes Metvisa Modelo DBCA10 bivolt Diâmetro interno: 420mm Altura: 700mm")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88823", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88823", " Gerador a Diesel Capacidade: 8 kVA 1800 RPM Saída: 127V/230V e 230V trifásico Ideal para equipamentos e áreas mais afastadas")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88819", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88819", " Prensa Desaguadora Acompanha 4 pistões Sem comando Capacidade 600 toneladas No estado em que se encontra")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88807", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88807", " Depurador centrífugo de celulose Polia com 5 canais Acompanha separador de inox Interno inox Rotor 900 mm comprimento Sem motor")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88791", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88791", " Exaustor duplo Motor Weg 40 cv 1750 rpm Largura do quadro 1300x1300x1300mm Altura total 1800 mm")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88786", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88786", " Coifa distribuidor de vapor Diâmetro 750 mm Largura 2900 mm Altura 1700 mm Composição de de ferro/inox/alumínio Sem motor Sem exaustor")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88817", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88817", " Disjuntores Motor AB Marca ALLEN-BRADLEY Motor de 1 a 3 cv Aproximadamente 75 unidades")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88828", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88828", " Lingas de cabo de aço Conforme fotos")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88827", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88827", " Curvadores de tubos Diversas marcas 07 unidades no lote Sem matrizes conforme fotos")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88790", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88790", " Ganchos de Prateleiras Canelado de ferro diversos conforme fotos 500 unidades aproximadamente")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88809", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88809", " Reguladores de pressão de inox 04 unidades 430 mm comprimento 100 mm largura Indústria alimentícia")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88787", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88787", " Disjuntores unipolar/bipolar linha branca predial e painéis Marcas diversas: Siemens, Weg, ABB , Hager e outras De 6 a 40 amperes Aproximadamente 140 unidades Podendo faltar peças conforme fotos")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88799", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88799", " Clips para estruturas metálicas ERICO CADDY Aproximadamente 800 unidades")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88812", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88812", " Dormentes de concreto 280 kg cada Medidas 2200x300x280 Ideal p arrimo / contenção/ cerca e outros fins Lote 50 unidades")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88797", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88797", " Dormentes de concreto 280 kg cada Medidas 2200x300x280 Ideal p arrimo / contenção/ cerca e outros fins Lote 100 unidades")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88804", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88804", " Dormentes de concreto 280 kg cada Medidas 2200x300x280 Ideal p arrimo / contenção/ cerca e outros fins Lote 150 unidades")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88782", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88782", " Dormentes de concreto 280 kg cada Medidas 2200x300x280 Ideal p arrimo / contenção/ cerca e outros fins Lote 200 unidades")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88800", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88800", " Dormentes de concreto 280 kg cada Medidas 2200x300x280 Ideal p arrimo / contenção/ cerca e outros fins Lote 250 unidades")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88813", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88813", " Dormentes de concreto 280 kg cada Medidas 2200x300x280 Ideal p arrimo / contenção/ cerca e outros fins Lote 300 unidades")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88788", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88788", " Dormentes de concreto 280 kg cada Medidas 2200x300x280 Ideal p arrimo / contenção/ cerca e outros fins Lote 350 unidades")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88795", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88795", " Dormentes de concreto 280 kg cada Medidas 2200x300x280 Ideal p arrimo / contenção/ cerca e outros fins Lote 400 unidades")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88816", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88816", " Dormentes de concreto 280 kg cada Medidas 2200x300x280 Ideal p arrimo / contenção/ cerca e outros fins Lote 450 unidades")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88794", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88794", " Dormentes de concreto 280 kg cada Medidas 2200x300x280 Ideal p arrimo / contenção/ cerca e outros fins Lote 500 unidades")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88821", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88821", " Dormentes de concreto 280 kg cada Medidas 2200x300x280 Ideal p arrimo / contenção/ cerca e outros fins Lote 1000 unidades")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88820", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88820", " Compressor Parafuso 10PCM Motor 25 cv  380/440V trifasico (Necessita manutenção)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88811", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88811", " Polias de PVC p compressor 120mm 40 unidades 150 mm  08 unidades")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88808", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88808", " Filtro Prensa em inox Com bomba de pistão e Unidade Hidráulica (13 placas 60x60)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88798", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88798", " Gerador de água quente ECAL / 220 monofásico/ 1500 litros/ fonte de calor GLP")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88805", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88805", " Forno Venâncio a gás CICLONE DIGITAL 220V 10 esteiras")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88784", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88784", " Mangueiras inox 304 trancadas 380 mm e 32 unidades")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88810", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88810", " Válvulas esfera, com acionamento pneumático, ônix diversas, conforme fotos")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88801", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88801", " Discos de serra p madeira e mármore Serra circular Vonder 450x72dentes e 03 discos diamantado 230x22 mm")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88792", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88792", " Esticadores de cabo de aço; sapatilhas ; clips; manilhas e outros itens conforme fotos (70 itens aproximado)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88806", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88806", " Escada de alumínio reta 11 degraus; 3 metros ; fixa")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88785", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88785", " Hélice plástica 200 mm diâmetro Micro motor exaustor 150 unidades aproximado Conforme fotos")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88783", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88783", " Chaves seccionadoras SIEMENS 160 A / modelo BB 32-160-3 04 unidades")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89334", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89334", " Compressor de ar, parafuso ATLAS COPCO 60 PCMs, motor 200cv, Weg 4 polos")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89332", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89332", " Rolamento autocompensador de rolos SKF 23248 CCK/ W33, medidas : Altura - 160mm, diâmetro externo - 440mm, diâmetro interno - 240mm, peso - 108kgs")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89333", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89333", " Potes de acrílico sem tampas, externo 66mm, interno 59mm, altura 27mm (Aproximadamente 400 unidades)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89336", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89336", " Coifas para cabeamento de porta de veículos, esquerda/direita (Aproximadamente 500 unidades)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89337", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89337", " Bomba de transferência de combustível, acompanha mangueira e conexões, podendo faltar peças conforme fotos")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89340", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89340", " Bomba centrífuga para água, motor de fusca 1500, podendo faltar peças conforme fotos")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89343", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89343", " Cornetas EVAC BOSCH, 25w 14, sem uso (4 unidades)")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89339", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89339", " Exaustores para cabine de solda, ambientes confinados (4 unidades)")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89342", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89342", " Cadinho de aço carbono, 500 litros aproximado")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89338", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89338", " Trocador de calor IESA 2011, 7500kg aproximado, aço carbono, conforme fotos da plaqueta, sem uso")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89341", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89341", " Buchas para rolamentos, GGL HM 3172 (4 unidades)")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89335", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89335", " Cilindros (pistões) Hidráulico, marca INBRAFE, (4 unidades), 2 pçs diâmetro 63mm, curso 50mm, 1 pç diâmetro 40mm, curso 150mm, 1 pç diâmetro 50mm, curso 50mm")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90021", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90021", " Bomba contínua de pistão, com unidade hidráulica, equipamento revisado em pleno funcionamento, Motor de 15CV")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90023", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90023", " Suportes para pastilhas e ferramentas de usinagem, 03 suportes")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90032", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90032", " Suportes para fresas e ferramentas de usinagem - Lote com 07 peças diversas")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90022", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90022", " Suportes para fresas e ferramentas de usinagem -  Aproximadamente 18 peças")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90031", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90031", " Suportes diversos de torno - Lote com 11 itens")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90029", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90029", " Brocas aco rápido, diversas bitolas - Aproximadamente 23 kg - Lances por KG")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90030", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90030", " Suportes para ferramentas de torno (usinagem) - 50 suportes de vários modelos e marcas")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90024", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90024", " Machos diversas bitolas, 12 kg aproximado - Lance por KG")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90025", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90025", " Rolo Compactador Vibratório Almeida, RV 10 Motor a gasolina (funcionando perfeitamente)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90027", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90027", " Braço Escavadeira CATERPILLAR 320 CI DI - 5,50 metros (sem os pinos)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90028", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90028", " Tanque Auto Clave de aço carbono, medidas 6100x1800x300 - Tamanho total 6630mm - Espessura da chapa 16mm")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90026", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90026", " Correia transportadora caneco 590mm / 60 metros comprimento - aproximado 600 kg")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90099", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90099", " Lote de ar condicionado e unidades condensadoras - 07 ar condicionados, 03 unidades condensadoras, 02 mini split (Peso aproximado 3000 kgs)")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...159 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...2046 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90100", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90100", " Suportes para pastilhas e ferramentas de usinagem, lote com 04 peças")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>