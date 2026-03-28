--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,2459 +269,2155 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88841", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88841", " PAINEL SAMSUNG COLOR DISPLAY UNIT MODELO IF025IFHB - Ligando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88840", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88840", " Lote com: 40 Unidades de HDS DIVERSOS PARA DESKTOP")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88844", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88844", " Lote com: 30 unidades de Termômetros de gatilho - diversos")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88854", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88854", " Lote com: 12 unidades de GAVETAS DE DINHEIRO - GERBO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88862", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88862", " SONAR RAYMARINE MODELO E120 - SEM CONEXÕES")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88858", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88858", " Lote com: 10 unidades MONITORES LCD DIVERSOS 15,16,17,18" - Funcionando")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88848", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88848", " Lote com: 15 unidades - FILTROS BOMBA INTEX E FILTRO BOMBA VEICO DE 0,5 HP")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88847", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88847", " Lote com: 20 unidades - CONVERSOR VGA PARA HDMI")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88842", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88842", " Lote com: 20 unidades - DUCHAS DIVERSAS NOVAS LORENZETTI/CORONA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88861", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88861", " Lote com: 15 unidades -  CAMERAS DE MONITORAMENTO DIVERSAS ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88856", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88856", " Lote com: 10 unidades - COLETOR DE DADOS SYMBOL ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88857", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88857", " Lote com: 15 unidades -TABLET HP SPARE TABLET PC KEYBOARD - Funcionando - Sem fontes")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88850", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88850", " Lote com: 6 unidades - TABLET HP SPARE TABLET PC KEYBOARD - PARA PEÇAS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88851", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88851", " Lote com: 9 unidades - CÂMERAS DE FILMAGEM RETRÔ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88845", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88845", " Lote com: 6 unidades - OCILOSCÓPIO PITEK OS 605")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88843", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88843", " Lote com: 23 unidades - ESTAÇÃO DE SOLDA DIVERSAS - LIGANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88852", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88852", " Lote com: 20 unidades - MEMÓRIA KINGSTON DDR2 DE 2 GB - Sem uso")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88846", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88846", " Lote com: 20 unidades - MEMÓRIA KINGSTON DDR2 DE 2 GB - Sem uso")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88859", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88859", " Lote com: 20 unidades - MEMÓRIA KINGSTON DDR2 DE 2 GB - Sem uso")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88860", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88860", " Lote com: 20 unidades - MEMÓRIA KINGSTON DDR2 DE 2 GB - Sem uso")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88853", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88853", " Lote com: 20 unidades - MEMÓRIA KINGSTON DDR2 DE 2 GB - Sem uso")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88849", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88849", " Lote com: 10 unidades - MEMÓRIA KINGSTON DDR3 4 GB - Sem uso")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88855", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88855", " Lote com: 10 unidades - MEMÓRIA KINGSTON DDR3 4 GB - Sem uso")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88863", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88863", " Lote com: 10 unidades - MEMÓRIA KINGSTON DDR3 4 GB - Sem uso")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88864", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88864", " Lote com: 13 unidades - MINI CPUS NEOWARE")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88865", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88865", " Lote com: 5 unidades - Auxiliador de partoda Black-Decker")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88867", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88867", " Lote com: 150 unidades - FONTES PARA NOTEBOOKS DIVERSAS ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88870", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88870", " Lote com: 90 unidades - FONTES ALIMENTADORAS PARA IPHONE")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88869", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88869", " Lote com: 10 unidades - MEMÓRIA KINGSTON DDR 4  4GB - Sem uso")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88871", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88871", " Lote com: 10 unidades - MEMÓRIA KINGSTON DDR 4  4GB - Sem uso")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88868", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88868", " Lote com: 10 unidades - MEMÓRIA KINGSTON DDR 4  4GB - Sem uso")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88872", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88872", " Lote com: 1 unid.  SWITCH POWEREDGE 180AS - 6 unid. FONTES REDUNDANTES POWER CONNECT RPS 600 e RPS 720")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88875", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88875", " Lote com: RADIOS COMUNICADORES MOTOROLA DIVERSOS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88873", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88873", " ACIONADOR COM CARTÃO PARA CANCELA DE ESTACIONAMENTO - WPS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88874", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88874", " Lote com: 20 unidades - FONES PARA GAMER E JOYSTICK NA CAIXA DIVERSOS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88880", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88880", " Lote com: 150 unidades - FONTES PARA NOTEBOOKS DIVERSAS ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88878", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88878", " Lote com: 10 unidades - Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis - Validade indeterminada")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88879", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88879", " Lote com: 10 unidades - Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis - Validade indeterminada")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88876", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88876", " Lote com: 10 unidades - Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis - Validade indeterminada")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88877", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88877", " Lote com: 10 unidades - Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis - Validade indeterminada")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88890", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88890", " Lote com: 10 unidades - Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis - Validade indeterminada")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88891", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88891", " Lote com: 10 unidades - Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis - Validade indeterminada")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88894", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88894", " Lote com: 10 unidades - Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis - Validade indeterminada")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88883", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88883", " Lote com: 10 unidades - Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis - Validade indeterminada")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88881", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88881", " Lote com: 10 unidades - Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis - Validade indeterminada")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88885", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88885", " Lote com: 10 unidades - Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis - Validade indeterminada")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88882", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88882", " Lote com: 8 unidades - COLETOR DE ASSINATURA WACON OLIVETTI MODELO STU 500B ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88888", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88888", " Lote com: 10 unidades - ELETRIFICADORAS RURAL PATRIOT DIVERSOS ALCANCES - De cerca")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88886", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88886", " Lote com: 4 unidades SISTEMA DE DIAGNÓSTICO POR ULTRA SOM - TOSHIBA - PVT-375BT")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88889", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88889", " Lote com: 5 unidades - ELETRIFICADORAS DE CERCA RURAL DIVERSOS ALCANCES ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88895", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88895", " Lote com: 4 unidades - CONTADORES DE CÉDULAS COM CABO DE FORÇA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88887", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88887", " Lote com: 15 unidades - LEITORES DE CÓDIGOS DE BARRAS USB MANUAL")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88896", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88896", " Lote com: 16 unidades - NOBREAK DE GRANDE PORTE TS SHARA , NHS - Funcionando")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88893", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88893", " Lote com: ELETRIFICADORAS SPEEDRITE 18000 E 12000I")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88892", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88892", " BASTÃO PARA IDENTIFICAÇÃO DE BRINCOS BOVINOS MODELO XRS2")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88884", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88884", " BALANÇA PARA GADO TRUTEST SR 2000")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88897", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88897", " Lote com: 4 unid. Impressora diebold TSP143MD; 1 unid. Debold IM402TD; 1 unid. EPSON M129H termica; 4 unid Leitor de código HONEYWELL")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...38 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88898", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88898", " Lote com: 10 Unidades - Controladora de leitor para brinco bovino - Sem antena")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88899", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88899", " Lote com: 16 unidades - Switchs Diversos D-LINK 3COM - Testados")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88902", "067")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88902", " Lote com: 100 Unidades - Camisas Aduana - 38 a 48 - Diversas")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88903", "068")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88903", " Lote com: 100 Unidades - Camisas Aduana - 38 a 48 - Diversas")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89105", "069")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89105", " EQUIPAMENTO DE ÁUDIO E VÍDEO AFV 401(COMUTADOR DE ÁUDIO E VÍDEO COM MESA PANASONIC AG-MX70P) Com rack - Funcionando")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89112", "070")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89112", " Lote com: RELÓGIOS PONTO CONTROL ID (3 UNIDADES) E INOVA 2 (2 UNIDADES)")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89109", "071")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89109", " DELL POWERVALT 2 MODELO 110 T (2 UNIDADES)POWERVALT 100T (1 UNIDADE)")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89113", "072")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89113", " LOTE COM:  APPLE MACBOOK (5 Unidades) IPAD (2 Unidades)")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89111", "073")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89111", " Lote com: 2 unidades. CHASSIS CONVERSOR DE MÍDIA PLANET MODELO 1500R")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89110", "074")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89110", " LOTE COM: 10 unidades DE FERRAMENTAS DIVERSAS, ASSOPRADORES, LIXADEIRAS,FURADEIRAS...ETC")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89104", "075")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89104", " MONITOR DIXTAL 2 ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89106", "076")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89106", " LOTE COM: 5 Unidades -  DVRS GIGA DIVERSOS ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89107", "077")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89107", " MONITOR DE SATURAÇÃO DE OXIGÊNIO TERUMO CDI 100 - Ligando")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89108", "078")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89108", " Lote com: 2 unidades - IMPRESSORAS DE CHEQUES CHRONOS (CHEQUE PRONTO)e 1 Unidade - PERTO (PERTOCHEK) ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...282 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89136", "079")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89136", "Lote Com:  5 unidades - impressoras de etiquetas Argox OS214 plus  2 unidades - Zebra Sm4 tradicionais 1 unid. - Intermec e 1 unid- Zebra ZD410,")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89364", "080")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89364", "Lote com:  impressora não fiscal Diebold modelo Im433td - Sendo 2 unidades - 200 e 4 unidades -201")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89926", "082")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89926", "Lote com: 20 Unidades de Tvs Smart - LCD e Plasma - Para peças")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89927", "083")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89927", "Lote com: 7 Câmeras de filmagem - testadas")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...1950 lines deleted...]
-      </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90055", "084")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90055", "Lote com: 10 Unidades - Alarme Comercial Anti- Furto( antena Anti furto) Plastrom ")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>