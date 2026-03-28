--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1243 +269,1091 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88663", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88663", " ÔNIBUS MB MARCOPOLO VIALE U; ANO: 2008/2008")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88664", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88664", " ÔNIBUS MB MARCOPOLO VIALE U; ANO: 2008/2008")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>16.300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88662", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88662", " ÔNIBUS MB INDUSCAR APACHE A; ANO: 2005/2006")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88837", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88837", "VW Passat 2.0 T FSI. Ano 2008/09")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88961", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88961", "VW Gol 1.0 Flex. Ano  2009")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89013", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89013", "[ VÍDEO ] VW Saveiro CL. Ano 1996. Gasolina. Toda Original")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88319", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88319", "[ VÍDEOS ] JET SKI SEA-DOO. Mod.  RXT 260 IS. Ano 2010. Aprox. 99 horas")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88316", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88316", "CHASSI DOCUMENTADO PARA MONTAR TRAILER PARA CAMPING")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88317", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88317", "CAMINHÃO BETONEIRA FORD CARGO 2628 E. ANO 2010/ 2011")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88318", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88318", "CAMINHÃO BETONEIRA FORD CARGO 2622 E. ANO 2009")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89070", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89070", "GM Chevrolet A20 Custom. Álcool. Ano 1986/ 87")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89081", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89081", "VW 6.90. Guincho com asa delta. Ano 1986/1986")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89082", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89082", "VW/ Fusca 1.300. Ano 1976")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89148", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89148", "Caminhão Ford Cargo 1417F. Ano 2001")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>79.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88320", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88320", "[ VÍDEO ] NISSAN 370 Z COUPÉ. ANO 2011")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>99.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89816", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89816", "Ford F 4000. Ano 2001. Motor Cummins. Baú: 5,50 metros")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>49.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89844", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89844", " Caminhão GMC. Mod. 7.110.  Ano 1997")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89847", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89847", "Fiat Palio Weekend Attractive. Ano 2016. Aprox. 91.000 km")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89848", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89848", "Fiat Siena EL 1.0 Flex. Ano 2015. Aprox. 130.000km")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89846", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89846", " VW FOX. Ano 2008/ 2009. Aprox. 115.000 km")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89845", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89845", "FIAT PALIO. Ano 2008/ 2009. Aprox. 116.000 km")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90090", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90090", "VW Polo Sedan. 1.6. Gasolina. Ano 2002/ 2003")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90106", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90106", "VW Kombi STD 1.4. Ano 2012/ 2013")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90437", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90437", "Toyota Hilux CS 4x4. Ano 2006")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>49.900,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90447", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90447", "02 VEÍCULOS: 01 Chevrolet D-60. Diesel. Ano 1981. Acompanha Munck.3 ton; 01 Chevrolet C-60. Gasolina. Ano 1974")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88324", "102")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88324", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88326", "104")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88326", "[ VÍDEO ] VW Gol 1.6. Ano 1988. Etanol. Segundo dono. Funcionando. Bom estado.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88330", "108")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88330", "VW/ Gol 1.0. Ano 1994. Segundo dono. Funcionando.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88332", "120")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88332", "F-4000. Ano 1985. Funcionando.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88334", "122")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88334", "Reboque/ Carroceria fechada Halley Team Hope. Ano 2013")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88340", "130")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88340", "Fiat Doblo Adventure 1.8 flex.  Ano 2007")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...137 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88341", "131")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88341", "CAMINHÃO VW MOD. 8150-E DELIVERY. ANO 2007")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>60.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88342", "132")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88342", "Caminhão Betoneira Ford/ Cargo 2628 cn 6x4. Ano 2011/2012 ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88343", "133")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88343", "Caminhão betoneira Ford/ Cargo Mod. 2628 E. Ano 2011")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>240.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88344", "134")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88344", "Caminhão betoneira Ford/Cargo 2628 E 2011/2011")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>240.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88315", "501")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88315", "[ VÍDEO ] UNO MILLE FIRE FLEX. ANO 2006")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...926 lines deleted...]
-      </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88321", "505")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88321", "[ VÍDEO ] FIAT IDEA ESSENCE. ANO 2012")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88335", "506")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88335", "RENAULT DUSTER 20 D 4X2A. ANO 2013/14")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>24.800,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>