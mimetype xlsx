--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1947 +269,1707 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89323", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89323", "Linha de produção de biodiesel completa - desmontada - sem uso (anexo no descritivo de itens) - (avaliação R$ 400.000)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89298", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89298", " Redutor de velocidade com carretel para cabo de aço capacidade 5 toneladas")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89300", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89300", " Lote com: Aproximadamente 500 unidades decaixas de ferro para metalúrgica")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89294", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89294", " Máquina de gravação Puncionadeira PPW-25 - Completa - Com manual. Para gravação de metais cnc")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89293", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89293", " Moinho de tinta")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89296", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89296", " Lote com: 3 unidades de torre de refrigeração Antpol ESR")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89304", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89304", " Prensa hidráulica para borracha - Luxor com capacidade para 60 toneladas - Com aquecimento ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89302", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89302", " Fresadora para engrenagem de produção")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89329", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89329", "Seccionadora para madeira Giben")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89328", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89328", "Mesa pra desempeno de ferro fundido 1500 x 1000")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89327", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89327", "Lote com: 8 unid. máquina de fazer café , 1 unid. processador de alimentos e 1 unid. masseira gpaniz")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89301", "021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89301", " Ferramentas para corte de prensas excêntricas")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89322", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89322", "Compressor de ar monofásico")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89305", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89305", " Aquecedor indutivo para soldar ferramentas politron")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89321", "025")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89321", "Lote com: Aproximadamente 300 kg de grafite em pó ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89320", "026")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89320", "Lote com: 8 unidades de reservatório de 200 litros de pp ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89319", "027")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89319", "Lote com: Aproximadamente 1000 unidades de guidões caramore sem uso, - cg, Titan , Amazonas , ybr, katana ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89318", "028")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89318", "Solda projeção simonek 100 Kva")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89310", "032")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89310", " Cabeçote fresador para fresa vigorelli fua300 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89315", "033")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89315", "Moinho martelo tigre motor 7,5 cv ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89313", "034")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89313", " Bomba de vácuo ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89309", "035")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89309", " Máquina para pesar medir cubagem de caixas")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89306", "036")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89306", " Rosqueadeira para tubo até 2.1/2 polegadas de pente")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89308", "037")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89308", " Lote com: Carrinho para churrasco e carrinho térmico para Açaí ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89312", "039")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89312", " Solda ponto suspensa de 40 Kva")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90144", "040")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90144", " Tamboriador de aço inox")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90124", "041")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90124", " Lote com: 2 bombas de vácuo ibran 4 e 7,5 cv ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...47 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90150", "042")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90150", " Secador de ar para compressor sekar 60")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90129", "043")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90129", " Lote com: 2 motores para portão de enrolar ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90139", "044")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90139", " Máquina rotuladora com datador")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...15 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90148", "046")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90148", " Tupia superior invicta ru50 ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90126", "047")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90126", " Lote com: 4 compressores de 30 , 20 , 15 e 10 pés")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90131", "049")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90131", " Lote com: 6 serras vai e vem ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90146", "050")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90146", " Torno revólver semi automático polimac passagem de 2 polegadas")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90134", "051")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90134", " Furadeira de bancada engrenada millmaster")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90138", "052")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90138", " Compressor de ar")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90125", "053")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90125", " Politriz ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90145", "054")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90145", " Filtro prensa para óleo")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90136", "055")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90136", " Serra de bancada para madeira ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90140", "056")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90140", " Lote com: 9 bancadas de ferro - reforçado")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
+      <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...52 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90127", "057")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90127", " Lote com: 7 bancadas feito com ferro U de 3 polegadas")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90149", "058")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90149", " Mesa para ferramentaria com 1.20 x 1.00 metro")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90128", "059")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90128", " Tanque de aço inox com fundo cônico - Mil litros ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90141", "060")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90141", " Esteira de aço inox ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90133", "061")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90133", " Torno platô com placa de 1200 mm")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90143", "062")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90143", " Furadeira radial Rocco")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90132", "063")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90132", " Prensa viradeira sorg mecânica para chapa de 3/8 1200 mm de boca")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90142", "064")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90142", " Lixadeira de cinta dupla")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90130", "065")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90130", " Bigorna - 90 kg")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90137", "066")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90137", " Furadeira fresadora kone ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90476", "067")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90476", " Impressora 3D Dwos")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90470", "068")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90470", " Mandriladora de campo")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90468", "069")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90468", " Máquina para solda fita de serra")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E31" s="5" t="inlineStr">
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90475", "070")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90475", " Esmeril Jowa 1,5cv")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F31" s="4" t="inlineStr">
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90474", "071")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90474", " Lote com: 2 talhas manual para 5 toneladas com troller")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90469", "072")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90469", " Talha elétrica munck para 3 toneladas")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...25 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90472", "073")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90472", " Tupia estacionária 90*90")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90471", "074")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90471", " Lote com:  6 uni. seladoras para lona plastica haramura")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...404 lines deleted...]
-      <c r="E45" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90473", "075")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90473", " Motor elétrico 15 cv 4 polos Weg")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F45" s="4" t="inlineStr">
-[...766 lines deleted...]
-      </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90477", "076")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90477", " Curvadora  de tubo manual 2 cabeçote")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>