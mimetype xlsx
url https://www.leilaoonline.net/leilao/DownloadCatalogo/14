--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/675", "7154")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/675", " CAMINHÃO MERCEDES BENZ TOCO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/682", "7155")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/682", "  SUCATA CHASSI DE CAMINHÃO FORA DE ESTRADA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/681", "7156")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/681", " SUCATA CAMINHÃO FORA DE ESTRADA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/691", "7157")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/691", " BÁSCULA ROSSETTI")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/688", "7158")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/688", " 2 GERADOR GH29 ANO 2013")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/679", "7159")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/679", " SUCATA CAMINHÃO FORA DE ESTRADA ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/677", "7160")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/677", "DOLLY RANDON ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/678", "7161")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/678", " BÁSCULA MEIA CANA 20M³")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.300,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/680", "7162")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/680", " SUCATA BÁSCULA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/692", "7163")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/692", " SUCATA DE CARREGADEIRA L-580")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/683", "7164")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/683", " SUCATA BÁSCULA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/689", "7165")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/689", " CARREGADEIRA MOD.L-580 ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/687", "7166")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/687", " CP 134 SCANIA 8X4, ANO 2003 ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>26.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/684", "7167")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/684", " CB 115 MERCEDES BENZ  LK2638 ANO 1999")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/686", "7169")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/686", " CB 137 MERCEDES BENZ LK2638 ANO/MOD 2002")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/802", "7170")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/802", "L200-12  - DIESEL-MITSUBISHI ANO/MO 2009/2010")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>17.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>