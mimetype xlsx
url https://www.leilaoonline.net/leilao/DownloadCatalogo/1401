--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88436", "012")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88436", " IMPLEMENTO POLIGUINDASTE DUPLO - GRIMALDI - 2012 OBS:    Pintura: Regular,  Lataria/Estrutura: Regular,    Chassis: SP0HL11660C02820 , OBS: Equipamento estava em operação e retirado para venda à parte. Não testado após retirada.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88441", "013")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88441", " IMPLEMENTO POLIGUINDASTE DUPLO - GRIMALDI - 2012 OBS:    Pintura: Regular,  Lataria/Estrutura: Regular,   Chassis: SP0HL11660C02881 , OBS: Equipamento estava em operação e retirado para venda à parte. Não testado após retirada")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88438", "014")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88438", " IMPLEMENTO CARROCERIA BASCULANTE 18 M3 - FACCHINI - 2013 OBS:   Pintura: Regular,   Lataria/Estrutura: Regular,  Chassis: SP7FN10220DR4928, OBS: Equipamento estava em operação e retirado para venda à parte. Não testado após retirada.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88442", "015")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88442", " IMPLEMENTO CAÇAMBA BASCULANTE 6 M3 - FACCHINI - 2012 OBS:   Equipamento estava em operação e retirado para venda à parte. Não testado após retirada")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88439", "016")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88439", " TORRE DE ILUMINAÇÃO C/ GERADOR DIESEL BDML T4 1000 - POWER GEN OBS:   Motor: Com Problemas, Pintura: Ruim,  Lataria: Ruim,  Pneus: Ruins, Parte Elétrica: Não Funciona,    Chassis: RS1209008              ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88444", "017")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88444", " BANHEIRO QUIMICO Nº 11 OBS:   Porta e fechadura danificadas.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88437", "018")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88437", " BANHEIRO QUIMICO Nº B2")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88443", "019")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88443", " BANHEIRO QUIMICO Nº 5")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88440", "020")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88440", " BANHEIRO QUIMICO Nº 2")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88445", "021")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88445", " BANHEIRO QUIMICO Nº 3")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>