--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2427 +269,2127 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90611", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90611", " (3 itens) 1 vídeo k7 Panasonic, 1 DVD Samsung e 1 DVD Philips ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88930", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88930", "( 3 itens) 2 bancos + 1 suporte + kit ferragem para prateleira podendo montar até  8.00 metros de comprimento x 2.40 de altura . Sendo 10 colunas  de 2.40 mts de altura + 6 bandeja + 7 hastes simples. Produto usado.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90634", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90634", " (4 itens) 1 chave pneumática 1/2 com 17 peças, 1 serra pneumática, 1 pistola de pintura, 1 furadeira pneumática. Sem uso.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90615", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90615", " 1 chave pneumática  1/2 com maleta com 17 peças, sem uso.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88951", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88951", " (5 itens) 2 cavaletes para 2 toneladas   descolador de pneus profissional manual   2 espátula  profissional, itens sem uso.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90612", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90612", "  ( 3 itens) 1 ligadura angular pneumática, 1 esmerilhadeira angular pneumática, 1 pistola de pintura 600ml")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88936", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88936", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88937", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88937", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88933", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88933", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88943", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88943", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88952", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88952", "(2 itens) vulcanizadora de pneus profissional sem uso + chave pneumática encaixe de 1/2 sem uso.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90630", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90630", "  ( 3 itens) 1 chave pneumática 1/2   1 assentados de talão bazuca    1 serra de corte pneumática")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88925", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88925", " 10 protetores de camara de ar aro 20   10 protetores de camara de ar aro 16   10 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>520,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88924", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88924", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88928", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88928", "2 pares de lampadas led automotiva H11/ H16 /H8 Philips ultinon. Pouco uso.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90619", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90619", "  1 assentador de talão bazuca, sem uso.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88939", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88939", " 8 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88932", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88932", " 8 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.120,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88940", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88940", " 8 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88942", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88942", " 16 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88934", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88934", " 16 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88929", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88929", " 5 pneus de trilha")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88938", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88938", " 32 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88935", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88935", " 32 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88926", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88926", "Balanceadora para rodas de veiculos de passeio, usada. +  Calibrador digital completo, sem uso. +  6 pneus  de moto usados")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.520,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90638", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90638", "  ( 2 itens) 1 chave pneumática 1/2   1 assentador de talão bazuca, sem uso.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90648", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90648", " ( 1 item) 1 macaco jacaré capacidade 3 toneladas, sem uso.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88947", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88947", " ( 2 itens) 1 macaco hidropneumatico 20 toneladas  sem uso na caixa   1 desfocimetro solta fácil com 4 soquetes sem uso.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90614", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90614", " ( 3 itens) 1 mini pistola de pintura   1serra tico tico pneumática   1 ligadura angular pneumática, sem uso.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88941", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88941", " 64 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90632", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90632", " (3  itens) 1 mini pistola de pintura   1 serra de corte pneumática   1 furadeira reversível, sem uso.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88950", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88950", " (3 itens) 1 jogo soquete com 24 peças   1 lixadeira politriz 7"   1 alicate corta corrente 30"  tudo sem uso.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88948", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88948", " ( 2 itens) chave pneumática  impacto 1" sem uso na caixa   macaco hidráulico  8 tonelada sem uso ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90642", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90642", " (2 itens) 1 macaco capacidade 30 toneladas com cabo usado   1 chave pneumática 1/2 sem uso   1 mini pistola de pintura, sem uso.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88953", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88953", "Bicicleta raridade para colecionador caloi Cruiser light ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88955", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88955", " (8 itens) 1 bomba de encher manual sem uso  uma bomba de pedal  1 multímetro  sem uso   1 jg de serra copo sem uso  1 bico pulverizador   1 compressor compacto   2 bateria automotiva.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88957", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88957", " ( 3 itens ) 1 macaco 8 toneladas sem uso   1 numerador de pneus sem uso   1 alicate corta vergalhao sem uso.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88956", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88956", " ( lote 6 itens) 1 chave de impacto 1/2 sem uso  1 bomba manual  1 alicate de poda   1 kit serra copo bimetal   1 multímetro digital   1 pistola de cola quente")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88960", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88960", " ( lote 7 itens) 1 bico de jato água   1 bomba manual  1 alicate de poda   1 kit serra copo bimetal   1 multímetro digital   1 pistola de cola quente  1 jg chave combinada 12 pc.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90617", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90617", "  ( 3 itens) 1 assentador de talão bazuca   1 chave de roda profissional   1 mini compressor, sem uso.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88958", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88958", " ( lote 7 itens) sem uso 3 kit reparo pneu sem camara   1 bomba manual   1 multímetro digital   1 lanterna   600 remendo vipal para pneus")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88959", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88959", " (Lote 8 itens) sem Uso 4 kit reparo pneus sem camara   1 riscador de pneus manual   2 alicate de bico  mais 300 peças  de rodar de caminhão  diversas.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88954", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88954", " ( 4 itens) sem uso . 1 chave pneumática encaixe  de 1/2   1 esguicho de mangueira   1 multímetro digital   1 multímetro com sensor de temperatura.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90627", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90627", "  1 pneu de quadriciclo 18× 9.5 aro 8 para uso sem camara, sem uso.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90624", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90624", " ( 4  itens) 1 macaco garrafa hidráulico  para 20 toneladas usado   1 chave pneumática  impacto com 17 peças  sem uso  1 serra pneumática sem uso   1 mini pistola de pintura, sem.uso. ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90645", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90645", "  1 chave pneumática  1/2 com maleta com 17 peças, sem uso.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90640", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90640", "  3 itens  1 chave de impacto pneumática 1/2   1 serra de corte pneumática 3"   1 mini pistola de pintura, itens sem uso.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90625", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90625", " ( 2 itens ) 1 assentador de talão bazuca   1 chave pneumática 1/2 itens, sem uso. ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>580,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90620", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90620", " 1 chave  pneumática de impacto 1/2, 7000rpm, sem uso.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90637", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90637", " (3 itens)  1 serra tico tico pneumática   1 mini pistola  de pintura   1 serra de corte 3" itens, sem uso.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90618", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90618", " ( 2 itens) 1 chave pneumática de impacto 1/2   1 serra de corte pneumática. itens sem uso")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90647", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90647", " ( 4 itens) 1 chave pneumática 1/2   1 mini compressor   1 kit reparo pneu sem camara   1 Calibrador  até  50 libras. Itens sem uso.")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90633", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90633", "  ( 5 itens) 1 chave pneumática com 17 peças   1 mini compressor   1 kit reparo pneu sem camara  1 Calibrador   1 chave de roda, sem uso. ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90613", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90613", " ( 2 itens ) 1 serra tico tico pneumática    1 esmerilhadeira angular pneumática 4" itens sem uso.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>320,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90636", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90636", " ( 2 itens) 2 Calibrador digital profissional completo   1 chave pneumática  de impacto, sem uso.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90643", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90643", " ( 3 itens) 1 Calibrador  digital profissional completo   1 assentador de talão bazuca   1 kit chave pneumática com 17 peças. Itens sem uso.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90639", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90639", " ( 4 itens) 1 pistola de pintura 600ml   1 serra de corte 3"pneumatica   1 furadeira pneumática reversível   1 serra tico tico pneumática. Itens sem uso.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90646", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90646", " ( 3 itens) 1 jogo esmerilhadeira pneumática    1 mini pistola de pintura    1 furadeira reversível pneumática. Itens sem uso. ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>290,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90621", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90621", " (2 itens) 2 chave pneumática de impacto 1/2, 7000 rpm, itens sem uso. ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90616", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90616", "  ( 4 itens) 1 chave  pneumática de impacto   1 mini pistola de pintura   1 serra de corte pneumática   1 bico de sopro para limpeza. Itens sem uso. ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90622", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90622", "  2 itens 1 kit chave pneumática com 17 itens    1 serra de corte pneumática, sem uso")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90644", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90644", " Macaco jacaré  profissional 2 toneladas, sem uso.")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90626", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90626", " (4 itens)  1 chave pneumática    1 furadeira pneumática   1 mini pistola de pintura   1 catraca pneumática.  Itens sem uso.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90635", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90635", " ( 2 itens) 1 kit chave pneumática com 17 peças   1 furadeira pneumática, sem uso.")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90629", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90629", "  ( 2 itens) 1 macaco hidráulico profissional para 20 toneladas   1 chave pneumática  7000 rpm, sem uso .")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90641", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90641", " ( 4 itens) 1kit chave pneumática com 17 itens   1 furadeira reversível   1 kit reparo pneu sem camara   1 Calibrador  até  150 libras profissional. Itens sem uso.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...277 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90623", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90623", " ( 2 itens) 1 macaco hidráulico  20 toneladas   1 chave de roda 27x32, sem uso. ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88927", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88927", "  ( 4 itens) 1 maleta de ferramentas 117 Pç    1 cabo de bateria   1 arco de serra   1 multimetro. Sem uso.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90631", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90631", " ( 4 itens) 1 kit chave pneumática com 17 itens   kit reparo pneu sem camara   1 chave de roda cruz   1 Calibrador até 50 libras, sem uso. ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D28" s="4" t="inlineStr">
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>320,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90628", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90628", " ( 3 itens) 1 chave  pneumática 7000 rpm   1 furadeira reversível    1 chave de roda cruz, sem uso. ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...127 lines deleted...]
-      <c r="E32" s="5" t="inlineStr">
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88918", "076")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88918", " Farol automotivo. Sem uso +  Gabinete de informática altura 26 cm, largura 53 cm , profundidade 37 cm. +  Diversas peças para rodoar de caminhão, sem uso.")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88921", "081")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88921", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88923", "082")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88923", " 10 Protetor de câmara de ar de caminhão aro 22, sem uso.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88922", "098")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88922", " 12 pares de manete de motos diversas, produto sem uso.+ 3 pares de manete de motos diversas   6 pares de manete de moto anodizado   1 par de manopla.  produto sem uso. +  10 suportes para capacete para expor em loja. ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F32" s="4" t="inlineStr">
-[...1662 lines deleted...]
-      </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88920", "105")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/88920", " 2 gabinetes de informática com diversas peças dentro. Altura 0.39 cm largura 0.53 cm profundidade 0.67 cm")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>