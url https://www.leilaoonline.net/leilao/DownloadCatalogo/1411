--- v0 (2025-11-13)
+++ v1 (2026-03-28)
@@ -269,2395 +269,2099 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89518", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89518", " Piano 145 x 60 x 136cm, banqueta com assento regulável")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89524", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89524", " Telefone antigo em madeira, com partes em metal dourado, 32x27cm")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89525", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89525", " Escultura Italiana de veado de alumínio fundido e polido, em ótimo estado, 60cm de altura e 32cm de profundidade")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89552", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89552", " Violino com estojo original, em excelente estado, falta apenas uma 1 corda")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>410,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89523", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89523", " Telefone antigo em madeira carvalho, em excelente estado, peça que segura o fone faltando um detalhe, 45cm de altura")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89531", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89531", " Cadeira Decorativa em Madeira Maciça, desenhos de frisos, pés e encosto alto, medindo 105x45x45")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89530", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89530", " Poncheira com concha e 12 xícaras, impecáveis")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89543", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89543", " Conjunto oriental em palha trançada e resinada, sao 23 porta copos (Diam. 11cm), 26 pratinhos (Diam. 16cm), 5 pratos quadrados (20 x 20cm), e 2 bandejas retangulares (35 x 30cm). Total 56 peças")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89529", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89529", " Telefone Japonês, com guarnições em metal. MED: 22,5 X 14,5 X 18 CM")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89532", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89532", " Conjunto em faiança, decada de 80")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89527", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89527", " Jogo em porcelana tete a tete, com pintura oriental, policromada e realces dourados, composto de bule, xicaras, açucareiro e leiteira, bandeja com fundo espelhado e aro em metal dourado")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89551", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89551", " Máquina de costura antiga, manivela")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89540", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89540", " Gramofone para decoração")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89535", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89535", " Jogo para café 13 peças, metal dourado")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89544", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89544", " Conjunto antigo com 6 taças em metal com banho de prata de procedência indiana, em perfeito estado medida : 6 x 3 ,5 de cálice , acompanha caixa expositora forrada em veludo azul")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89537", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89537", " Relógio de mesa italiano, patinado a ouro,. Med 70x33x18 cm")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89549", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89549", " Mesa importada de Granito italiano, tamanho da mesa 141cm x 251cm e 83cm de altura. Retirada ou envio em contagem MG, envio pra qualquer lugar do brasil por frete compartilhado mediante pagamento do frete. avaliada em 25 mil reais")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89547", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89547", " Escultura Bruno Giorgi EM bronze E assinada na base. 116cm de altura")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89522", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89522", " 2 poltronas baixas, de madeira nobre, feitas a mão,trazidas da  indonésia")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89536", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89536", " Quadro Roberto Burle Marx - 1989 - "Panneux". Tinta gráfica sobre tecido montado em estrutura de madeira (chassi), com moldura baguete de cedro. Assinado e datado no C.I.D. Obra med. 121x171cm")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89550", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89550", " Esculturas importadas black-a-moor  pintura de bronze e pintura, tinta a ouro. tamanho 211centimetros  de altura")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89538", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89538", " Anel de ouro 18k, com 1 ct, de diamante. lapidação brilhante. aro 16. vai com documento de autenticidade da peça")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89533", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89533", " Bandeja,em metal espessurado à prata, com decoração 64 cm")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89534", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89534", " Relógio de parede, Adler Gong,  em madeira, de corda, com chave, pêndulo e todos os seus itens  não funciona, medidas 58X25X13 cm")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89520", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89520", " Bandeja espessurado à prata, com espelho 38 cm, espelho com marcas do tempo")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89548", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89548", " 2 bandejas em metal espessurado à prata,  52 cm,Bandeja avarandada 32 cm")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89528", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89528", " Buffet aparador da década de 1930 Manuelino Altura. 123  Comprimento. 137 x Largura. 62")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89519", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89519", " Conjunto japonês em bambu")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89521", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89521", " Mesa da década de 1930/40 , manuelino Tampo retangular com tábua para extensão de comprimento, .Altura 84  Comprimento. 190  Largura 119 cm")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89526", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89526", " Poncheira lapidadas à mão  12 canecas, poncheira e concha. . Alt. 26cm")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89545", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89545", " Conjunto mesa manuelino com 4 cadeiras")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89541", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89541", " Chifre de cervo suíço em resina com brasão em madeira, em ótimo estado (30cm  de altura)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89542", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89542", " Aparador com espelho em bronze, 17/55/16cm - 60/45cm")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89553", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89553", " Anfora de porcelana, importada oriental, 29 /8,5/ 33cm de altura.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89539", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89539", " Relógio importado QUEMEX (Quartz), nunca usado e no estojo original. Fabricado no Japão")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89546", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89546", " Banco para varanda, década de 80, com tecido gobelim")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89555", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89555", " Carruagem antiga e rara, abóbora grande, Cinderela década de 80 em madeira com cortinas, muito bem conservada")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89554", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89554", " Hikvision portable video recorder dvd hdmi funcionando")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89849", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89849", "Chifre de cervo suíço em resina com brasão em madeira, em ótimo estado (30cm  de altura)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89977", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89977", "Som Sony com caixas originais, ligando mas não foi testado todas suas funções")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89978", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89978", "mini escultura em marfim, representando camelo, 25 mm x 37 mm  x 25 mm espessura")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89979", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89979", "Antigo relógio de parede em madeira, máquina Dimep, pesa 2,120kg. A 70cm x L 32cm")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89980", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89980", "Mini escultura em marfim representando cavalinho, 31 mm x 39 mm x 20 mm de espessura")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89981", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89981", "Antigo relógio de parede em madeira, mostrador em metal, A 77,5cm x L 32cm x E 4cm")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89982", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89982", "Mini escultura em marfim representando tigre, 33 mm x 38 mm x 23 mm")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89983", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89983", "Mini escultura em marfim representando touro 33 mm x 35 mm x 28 mm")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89985", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89985", "Rádio da segunda guerra mundial")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89986", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89986", "Carro tanque antigo, exército, raro")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89987", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89987", "Capacete Americano M1- Segunda Guerra Mundial")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89988", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89988", "Escotilha .50 - segunda guerra mundial, raro")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89993", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89993", "Vaso em metal nobre, laqueado ouro velho, tamanho:188 altura")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90097", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90097", " Neo start medidor")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90855", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90855", " Freezer conservado sem motor")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90857", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90857", " Relógio invicta edição limitada da marvel (personagem justiceiro) com nota fiscal")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90853", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90853", " Relógio de parede década de 80, em lata importado Turquia, funcionando sem garantias futuras, tamanho: 45/21 cm")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90849", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90849", " Relógios antigos - 3 Unidades")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90850", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90850", " Relógios antigos - 3 Unidades")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90851", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90851", " Relógios antigos - 2 Unidades")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...174 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90854", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90854", " Buffet para restaurante - Pouco uso")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90856", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90856", " Lote com 20 videocassetes")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90852", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90852", " Lote com 20 videocassetes")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91753", "064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91753", " Bule em metal, prateado, 20cm de altura")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91755", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91755", " 04 Relógios antigos, despertador. Medidas do maior: 3X10cm. MED 2X7cm")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91754", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91754", " 03 Relógios antigos, decada de 80")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91756", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91756", " Cronógrafo em aço, sem vidro")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91761", "068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91761", " Ânfora da década de 80, em metal, ótimo estado de conservação")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91762", "069")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91762", " Licoreira em pedra sabão, (Total de 8 peças). garrafa 25cm de altura")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91760", "070")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91760", " Cocar indigena antigo, tribo Guarany com penas originais. OBS: não acompanha o expositor")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91757", "071")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91757", " Bicicleta indian")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91763", "072")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91763", " 02 esculturas de leões em madeira, importadas, tamanho 125cm de altura x 170cm")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91759", "073")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91759", " Ganso, taxidermia, peça grande")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91764", "074")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91764", " Paliteiro em metal, década de 80, MED 10X6cm")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
+      <c r="D82" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...85 lines deleted...]
-      <c r="C24" s="4" t="inlineStr">
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91758", "075")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91758", " Antigo enfeite em metal, MED 10X8cm")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D24" s="4" t="inlineStr">
+      <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
-[...1631 lines deleted...]
-      <c r="E75" s="5" t="inlineStr">
+      <c r="E83" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F75" s="4" t="inlineStr">
-[...254 lines deleted...]
-      </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91765", "076")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91765", " Cardápio da seleção brasileira de 1970, autografado em evento realizado no Rio de Janeiro, 13cm de  largura, altura 23cm")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>