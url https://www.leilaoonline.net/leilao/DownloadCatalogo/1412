--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,3707 +269,3247 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89407", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89407", " Coleção de Mini instrumentos musicais, Contra baixo e Mini Viola da gamba, 16x06 cm - lacrado na embalagem original.r$100,00")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89406", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89406", " Mini espada de guerra da Marinha do Brasil, com ótimos detalhes, estojo original, 12cm de comprimento")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89408", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89408", " Relógio PUMA, resistente água, pulseira em aço dourado, acompanha peças para ajuste na pulseira, tem trocar a bateria")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89410", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89410", " 2500 livros em ótimos estado")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89416", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89416", " 2500 livros em ótimos estado")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89409", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89409", " 3 Relóginhos de coleção")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89411", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89411", " 2 Relóginhos Heritage Collection")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89421", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89421", " 3 Relóginhos Heritage Collection")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89419", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89419", " Par de malas de viajem antigas, em couro sintético, cor marrom, em ótimo estado, forro interno acolchoado")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89423", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89423", " Relógio Feminino Orient Quartz Borboleta, cx 35mm, todo banhado ouro, precisa de bateria - Bom estado")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89426", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89426", " Caixas de som silvertom tweeter, caixas antigas e raras, funcionando perfeitamente ate o momento")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89425", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89425", " 1000 livros em ótimos estado")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89418", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89418", " Lote com peças de informática, monitores, cabos, drivers, hds, memórias")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89420", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89420", " Lote com diversos itens informática, cabos, peças, impressoras")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89415", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89415", " TV Philips preta e branca, funcionando ate o momento, largura 48cm - altura 35cm")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89422", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89422", " Forte apache, aparentemente completo")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89427", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89427", " Lote com 16 insetos empalhados")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89430", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89430", " Balança Filizola de 150kg funcionando perfeitamente")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89414", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89414", " Balança Welmy de 300kg")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89429", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89429", " Aparelho de massagem relax medic, ligando funcionando, um dos lados está fraco")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89428", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89428", " 8 Esculturas importadas indianas de madeira, diverso tamanhos entre 6cm a 8cm")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89412", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89412", " Jeep Fire Command Car da T.N. importado do Japão, com a caixa original, raro, muito bom estado de conservação")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89417", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89417", " 5 relógios originais, sem uso, impecáveis, precisa apenas trocar baterias")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89424", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89424", " 6 relógios diversos - sem garantia de funcionamento - necessita bateria, parados a tempos")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89413", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89413", " Lote de relógios diversos - sem garantia de funcionamento - necessita bateria, parados a tempos")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89431", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89431", " 6 relógios diversos - sem garantia de funcionamento - necessita bateria, parados a tempos")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89433", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89433", " Luminaria e relógio de mesa, 14cm X 19cm, Imaginarium")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89432", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89432", " Telefone anos 70, em plástico cromado, mecanismo em caixa de acrílico, 24cm comp x 14,5com larg x 19cm alt")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89434", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89434", " 6 Taças Bohemia, 21cm alt x 6cm diâm, sem uso")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89436", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89436", " Colete salva vidas avião, sem uso, com etiqueta de inspeção da VASP")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89435", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89435", " Lote de Games Xbox One e Nintendo")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89437", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89437", " Escultura Guerreiro em Metal, base em pedra, importada Artematalica Hecho en Mexico,  27cm")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89441", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89441", " Escultura Elefante Africano, importado italiano, em resina policromada, base de madeira. Medidas: 36x30x25cm")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89442", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89442", " 5 Sinos, caneca e vaso, em metal 8cm e 4cm")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89440", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89440", " Escultura magistrado, base de pedra forma de livro, dim.: 2x9x12,5cm, em bronze maciço")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89438", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89438", " Escultura A JUSTIÇA, alt. 23cm em bronze maciço")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89439", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89439", " Escultura Cavalo, importada índia, dim.: 14x18cm, bronze maciço")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89443", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89443", " Instrumentos de dentista, utilidades e tamanhos variados, a caixa com 18cm de comprimento")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89446", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89446", " Ferramenta década de 80, importada de Taiwan, série L 250 em metais nobres")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89464", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89464", " Punhal importado indiano, 27cm comprimento, raro")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89461", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89461", " Enfeite vaca em metal, 26cm de comprimento")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89467", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89467", " Enfeite Jacaré taxidermia, muito bem conservado,  28cm x 62cm, raro")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89470", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89470", " Coleção com 20 miniaturas de cavalos de corrida, década de 80, com  jóqueis em chumbo, policromada, no estojo de madeira com divisórias. OBS: duas miniaturas faltando uma perna")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89459", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89459", " Réplica de garrucha, de coleção, em ferro e madeira. peça decorativa, 28cm")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89469", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89469", " 2 esculturas de madeira elefantes. 20cm e 10cm")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89448", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89448", " Vídeo Cassete VHS portátil Panasonic Omnivision, modelo TV-5000, 127V")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89447", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89447", " Cloisonné Oriental, pavão, com peanha original em madeira e estojo original. Em excelente estado")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89454", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89454", " Coleção editora francesa Nelson (1910-1939), literatura francesa, livros raros e importados de época")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89468", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89468", " 2 sinetas antigas religiosa, maior comprimento: 9cm")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89466", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89466", " 2 antigas e raras tankards, circa de 1940")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89460", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89460", " Garrucha antiga pra decoração 37 cm x 10 cm")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89456", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89456", " Coleção com 28  miniaturas de cavalos de corrida, década de 80, com jóqueis em chumbo, policromada")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89445", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89445", " Carrinho para  bebida em madeira nobre.  84x87x53 cm")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89451", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89451", " Espada importada Japão, em aço inoxidavel, 78cm")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89462", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89462", " Ihamas em bronze,  7 cm alt x 5 cm")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89465", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89465", " Relógio de mesa ,Westclox , em Jacarandá , 20/18 cm , não funciona")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89463", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89463", " Miniatura formula 1 Renault A. Senna . 24x12. Na embalagem original")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89449", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89449", " Miniatura  Ayrton Senna, caixa original. 26x12, na embalagem oritginal")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89444", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89444", " Escultura elefante, em bronze massiço, 26cm de alt X 30cm comp X 15cm larg")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89452", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89452", " Lote com dois  Antigos bules importados origem árabe e duas colheres antigas")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89450", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89450", " Garrucha antiga decoraçãoem bronze, e madeira, tamanho (38 cm)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89474", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89474", " Faqueiro Hércules com 58 peças")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89472", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89472", " Mesa com banquinhos mosaicos,madeira de demolição 1,40 cm de comprimento por 78 cm")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89473", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89473", " Lote de câmaras e lentes fotográficas antigas")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89480", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89480", " Escultura elefante em Resina, muito bonita. Tamanho: 30cm")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89479", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89479", " Lote com 6 enceradeiras todas  funcionando até o momento sem garantia futuras")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89476", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89476", " Lote com duas bíblias antigas")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89471", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89471", " Lote com 6 enceradeiras, todas funcionando até o momento sem garantia futuras")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89457", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89457", " 4 máquinas de escrever antigas")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89453", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89453", " Lote com peças lego")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89455", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89455", " 4 máquinas de escrever antigas")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89458", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89458", " Lote com 6 mimiografos antigos")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89482", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89482", " 4 máquinas de escrever antigas")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89478", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89478", " Caixa de som super potente, funcionando perfeitamente ate o momento, sem garantias futuras, 66 cm de altura, largura 40cm")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89481", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89481", " 4 máquinas de escrever antigas")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89477", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89477", " Lote com 16 vidros, aparentemente cristal lapidado para luminaria")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89495", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89495", " 4 máquinas de escrever antigas")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89483", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89483", " 2 balanças no estado")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89494", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89494", " 4 máquinas de escrever antigas")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89492", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89492", " 4 Bicos para mangueira de incêndio, tipo 2, sem uso")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89488", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89488", " 4 máquinas de escrever antigas")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89498", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89498", " Esteira r2 perform, precisa reparo, trocar fio e placa")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89489", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89489", " 4 máquinas de escrever antigas")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89491", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89491", " Geladeira frigidere, funcionando perfeitamente ate o momento")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89499", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89499", " 4 máquinas de escrever antigas")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89500", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89500", " Lote com 3 bicicletas antigas, 1 caloi infantil, 1 gt avalanche, 1 Caloi garicke")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89501", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89501", " 4 máquinas de escrever antigas")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89504", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89504", " Lote com diversos itens antigos")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89502", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89502", " 4 máquinas de escrever antigas")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89505", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89505", " Lote com diversos itens, celulares, filmadoras, bijouterias, relógios, secadores, chapinhas, etc")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89508", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89508", " Projetor sanyo, modelo PLC-200PM, funcionando,   retroprojetor 3M")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89507", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89507", " Escada Metalon, 6 metrôs de altura")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89475", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89475", " Lote com 100 miniaturas Hot Wheels entre outras")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89487", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89487", " Lote com 150 miniaturas usadas no estado que se encontra")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89490", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89490", " Lote com 9 miniaturas escalas 1:22, 1:25, 1:26")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...38 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89497", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89497", " Lote com 300 miniaturas Hot Wheels entre outras")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89484", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89484", " Lote com 3 miniaturas escalas 1/18 - Sem uso")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89486", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89486", " Lote com 300 miniaturas Hot Wheels entre outras")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89493", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89493", " Lote com 3 miniaturas escalas 1/18, sem uso")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89496", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89496", " Lote com 300 miniaturas Hot Wheels entre outras")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89503", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89503", " Lote com 3 miniaturas escalas 1/18, sem uso")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89506", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89506", " Lote com 161 miniaturas Hot Wheels entre outras")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89509", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89509", " Lote com 100 miniaturas diversos no estado")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89511", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89511", " Lote com 52 miniaturas diversos no estado")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89512", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89512", " Lote cds e LPs")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89514", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89514", " Lote com 54 miniaturas (sem uso)")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89513", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89513", " Lote com 54 miniaturas (sem uso)")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D117" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89510", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89510", " Lote com 52 miniaturas (sem uso)")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89485", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89485", " Taxidermia de Anu Branco, década de 80, em bom estado")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91833", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91833", " Taxidermia galo, altura 60cm")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...415 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91832", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91832", " Taxidermia gavião carcará, 50cm de altura, 60cm de comprimento")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91835", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91835", " Escultura importada tartaruga, em madeira nobre, aproximadamente 90cm de altura")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91834", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91834", " Escultura cobra, importada indonésia, em madeira entalhada, 100x50cm")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...2900 lines deleted...]
-      <c r="E123" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91836", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91836", " Relógio de mesa, em metal francês Século XIX. (Aparente banhado) Medida: 45cm de altura x 15cm de profundidade x 50cm largura; Relógio completo com pêndulo, máquina e chave")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F123" s="4" t="inlineStr">
+      <c r="F124" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91837", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91837", " Ânfora portuguesa em faiança, tamanho: 80cm de altura")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>