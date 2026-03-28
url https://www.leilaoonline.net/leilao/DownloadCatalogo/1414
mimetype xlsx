--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89363", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89363", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>28.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89362", "011")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89362", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>25.900,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89355", "028")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89355", "I/FORD RANGER XLT 14X; 1999/1999; PRATA; GASOLINA/GAS NATURAL VEICULAR")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89346", "029")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89346", "GM/VECTRA SEDAN ELITE; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>97</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>19.600,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89359", "030")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89359", "I/CHERY CIELO 1.6 HATCH; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89360", "032")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89360", "FORD/CORCEL; 1976/1976; AZUL; GASOLINA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89347", "089")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89347", "FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.050,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89348", "090")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89348", "FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>49.600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89349", "091")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89349", "FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89350", "092")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89350", "I/JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89351", "093")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89351", "FORD/CARGO 816 S; 2013/2013; BRANCA; DIESEL - EQUIPADO COM CESTO AREO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>138.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89352", "094")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89352", "FORD/CARGO 816 S; 2013/2013; BRANCA; DIESEL - CESTO AÉREO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>111.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89353", "095")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89353", "FORD/CARGO 816 S; 2013/2013; BRANCA; DIESEL - EQUIPADO COM CESTO AREO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>113.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89354", "096")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89354", "I/FIAT DUCATO CARGO B; 2019/2019; AMARELA; DIESEL ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>125.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89356", "097")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89356", "I/M. BENZ 415 CDI SPRINTER M; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>108.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89357", "098")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89357", "I/M. BENZ 415 CDI SPRINTER M; 2017/2018; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>108.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89358", "099")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89358", "I/M. BENZ 415 CDI SPRINTER M; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>108.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89344", "103")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89344", "I/M. BENZ 415 CDI SPRINTER M; 2015/2016; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>86.650,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89345", "104")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89345", "I/M. BENZ 415 CDI SPRINTER M; 2014/2015; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>73.750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89361", "105")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89361", "veja o vídeo!! I/M. BENZ 312D SPRINTER M; 1999/2000; VERMELHA; DIESEL")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.050,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89990", "201")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89990", "veja o vídeo!! PEUGEOT/HOGGAR XR; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90058", "202")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90058", "veja o vídeo!! I/MMC OUTLANDER 3.0 GT; 2015/2016; CINZA; GASOLINA; IPVA 2021 PAGO - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>56.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90089", "203")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90089", "BMW 328I 3A51; 2013/2014; BRANCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89992", "208")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89992", "veja o vídeo!! CHEVROLET/S10 LT DD4; 2012/2013; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>57.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90086", "209")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90086", "veja o vídeo!! GM/S10 DELUXE; 1995/1996; VERMELHA; GASOLINA/GÁS NATURAL VEICULAR - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...52 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89991", "213")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89991", "veja o vídeo!! GM/VERANEIO; 1980/1980; VERDE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...606 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89989", "223")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89989", "veja o vídeo!! I/GM; CAPTIVA SPORT 2.4; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>