--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91853", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91853", "[ VÍDEO ] CAMINHÃO CAÇAMBA MB 1214. ANO 1996. MOTOR 366 TURBO. CÂMBIO DE 1513")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>50.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90847", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90847", "[ VÍDEO ] TRATOR NEW HOLLAND. MOD. TL75E. 4X4. ANO 2005. COM CONCHA TATU")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>73.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90848", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90848", "[ VÍDEOS ] PÁ CARREGADEIRA YUAN SHAN. MOD. XG 956. ANO 2012. APROX. 8 MIL HORAS. OPERACIONAL")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>83.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91190", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91190", "[ VÍDEOS ] ROLO COMPACTADOR DYNAPAC. MOD. CA-15 (VA). ANO aprox. 1985. MOTOR MWM")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>63.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89827", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89827", "[ VÍDEO ] PÁ CARREGADEIRA XCMG. MOD. ZL-30G. ANO 2013. Aprox. 10.500 horas.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91003", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91003", "[ VÍDEOS ] PÁ CARREGADEIRA FIATALLIS. MOD. FR 140. ANO 1999. MOTOR COMMUNS. TORQUE 28.000")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>142.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89831", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89831", "[ VÍDEOS ] TRATOR ESTEIRA CATERPILLAR. MOD. D4E. ANO aprox. 1986")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>74.700,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91766", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91766", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CP142. ANO 2007")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>118.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89823", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89823", "ROLO COMPACTADOR TEMA TERRA. ANO. 1987")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91503", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91503", "[ VÍDEO ] PATROL DRESSER / KOMATSU. MOD. 523. ANO Aprox. 1994")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>73.300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91838", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91838", "REBOQUE DE PRANCHA RODOVIARIA RQ CI PR. ANO 1989.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92578", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92578", "[ VÍDEO ] RETROESCAVADEIRA JCB. 4X4. ANO 2005")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>92.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89822", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89822", "CARROCERIA DE MADEIRA. 8 M.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89829", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89829", "[ VÍDEOS ] PÁ CARREGADEIRA CHANGLIN. MOD. 967H. ANO aprox. 2013")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>88.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89826", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89826", "[ VÍDEO ] TRATOR VALMET 88. ANO 1987. SÉRIE PRATA. COMPLETO. MOTOR MWM 4cc")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92595", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92595", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR. MOD. 924GZ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89833", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89833", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CG14. ANO aprox. 1996")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>67.800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89834", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89834", "[ VÍDEO ] ROLO COMPACTADOR COMBAT. MOD. CB250G. ANO 2011")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>127.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89819", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89819", "[ VÍDEO ] VIBRO ACABADORA. MOD. SA41. ANO 88")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89836", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89836", "PÁ CARREGADEIRA CATERPILLAR. MOD. 930R. ANO. Aprox. 1987. Sem motor. Sem pistão de articulação")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89837", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89837", "JOGO DE RODAS DE FERRO PARA PÁ CARREGADEIRA (Para uso de empresa de reciclagem/ sucata)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89838", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89838", "TAMBOR LISO PARA ROLO COMPACTADOR")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89839", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89839", "CONCHA DIANTEIRA DE RETROESCAVADEIRA CASE")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89840", "027")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89840", "CAÇAMBA DE CAMINHÃO TOCO. 5 METROS. COMPLETO (BOMBA E PISTÃO)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...574 lines deleted...]
-      </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89841", "028")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89841", "[ VÍDEOS ] ROLO COMPACTADOR MULLER. MOD. AP26. ANO 1998")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>87.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89824", "029")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89824", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89817", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89817", "TRASMISSÃO DE MOTONIVELADORA CATERPILLAR 120H. ANO 99")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>33.250,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89818", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89818", "[ VÍDEO ] ROLO COMPACTADOR. MOD. TH10. ANO 87")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89820", "037")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89820", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>12.200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89821", "038")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/89821", " CARRETA. CHAPEADA DE AÇO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>