--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90073", "027")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90073", "CAMERA DE VIDEO SONY PDW700  - FCBM 214700-9")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90467", "178")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90467", "267359-2 - ESTEIRA ERGOMETRICA RIGHETTO R3500E")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90066", "182")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90066", " 280013-6 - ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90069", "185")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90069", " 280018-7- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90067", "190")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90067", " 275489-4 - ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90070", "203")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90070", " 275422-3- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90072", "208")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90072", " 275424-0- ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90063", "419")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90063", " 252176-8 -CARRO ELETRICO GARDEN GC CARGO                    ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>19.600,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90064", "420")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90064", " 252177-6 -CARRO ELETRICO GARDEN GC CARGO                    ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>18.600,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90085", "423")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90085", "SONOFLETOR EVIDE MODELO C8.2 - CONFIRA AS ESPECIFICAÇÕES")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90065", "17115")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90065", " 273915-1 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90071", "17117")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90071", " 277600-6-ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90068", "17141")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90068", " 273919-4 -ESTEIRA ERGOMETRICA RIGHETTO R3500E               ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90084", "20000")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90084", "APROX. 133 CATRACAS DE CONTROLE DIVERSAS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>16.800,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>