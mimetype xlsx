--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,3099 +269,2715 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7850", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7850", " Torno Mecânico Promecca IM-500,  codigo pateo 181.  , local de visitação e retirada São Paulo - SP  ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7851", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7851", " Torno Automático para peças,  codigo pateo 229  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7852", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7852", " Torno Mecânico Romi ID 20 A 2m Barramento,  codigo pateo 267  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7857", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7857", " Torno Automático Traub Bechler BR 20 para peças,  codigo pateo 268  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7853", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7853", " Torno Automático Traub Bechler BR 20,  codigo pateo 269  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7854", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7854", " Torno Automático Bechler AR 10,  codigo pateo 273  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7855", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7855", " Torno Automático Traub Bechler AR 10,  codigo pateo 275  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7858", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7858", " Torno Automático Traub Bechler AR 32,  codigo pateo 278  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7856", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7856", " Torno Automático Traub Bechler AR 10 para peças,  codigo pateo 279  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7861", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7861", " Torno Automático Traub Bechler AR 10,  codigo pateo 281  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7859", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7859", " Torno Automático Bechler AR 10 para peças,  codigo pateo 283  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7862", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7862", " Torno Automático Traub Bechler AR 10,  codigo pateo 285  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7860", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7860", " Torno Automático Traub Bechler AR 10,  codigo pateo 286  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7863", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7863", " Torno Mecânico Nardini 300 1,5m barramento,  codigo pateo 445  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7864", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7864", " Torno Mercânico 2m barramento Universal Nardini Romi Imor,  codigo pateo 634  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7865", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7865", " Torno Mecânico Nardini TT 125S Mascote,  codigo pateo 708  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7866", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7866", " Torno Mecânico Romi S20 2m barramento,  codigo pateo 745  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7868", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7868", " Torno Mecânico Nardini DT 650,  codigo pateo 847  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>6.650,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7867", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7867", " Torno CNC Nardini Sagaz 250,  codigo pateo 848  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7872", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7872", " Geladeira industrial água gelada Chiller 45000 kcal 15 TR,  codigo pateo 79  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7870", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7870", " Geladeira industrial água gelada Chiller 45000 kcal 15 TR,  codigo pateo 108  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>13.300,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7873", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7873", " Geladeira industrial água gelada Chiller 45000 kcal 15 TR,  codigo pateo 109  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7871", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7871", " Chiller Sabroe Geladeira Industrial Unidade água gelada,  codigo pateo 119  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7874", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7874", " Compressor de refrigeração Chiller Semi hermétrico,  codigo pateo 120  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7878", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7878", " Geladeira industrial Chiller 60.000 Kcal unidade de água gelada,  codigo pateo 154  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7877", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7877", " Geladeira de água Industrial Neslab Para reforma,  codigo pateo 365  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7875", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7875", " Geladeira industrial / Unidade água gelada / Chiller 60.000 kcal,  codigo pateo 368  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7879", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7879", " Geladeira industrial / Unidade água gelada / Chiller 60.000 kcal,  codigo pateo 386  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7876", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7876", " Geladeira industrial Chiller 60000 Kcal unidade de água gelada 2013,  codigo pateo 430  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7882", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7882", " Geladeira industrial água gelada Chiller 45000 kcal 15 TR,  codigo pateo 502  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>10.350,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7883", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7883", " Geladeira industrial água gelada Chiller 60000 kcal 20 TR,  codigo pateo 511  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7886", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7886", " Geladeira industrial água gelada Chiller 45000 kcal 15 TR,  codigo pateo 516  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.650,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7881", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7881", " Geladeira industrial água gelada Chiller 45000 kcal 15 TR,  codigo pateo 566  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7887", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7887", " Geladeira industrial Chiller 30.000 Kcal  unidade de água gelada,  codigo pateo 577  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>7.350,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7884", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7884", " Geladeira industrial água gelada Chiller 60000 kcal 20 TR,  codigo pateo 584  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>14.350,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7885", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7885", " Redutor Cestari 15 cv 1:20 para Extrusora de Plástico,  codigo pateo 598  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7888", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7888", " Chiller Sabroe Geladeira Industrial 120 hp,  codigo pateo 693  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7890", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7890", " Geladeira industrial de Inox,  codigo pateo 965  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7889", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7889", " Chiller Sabroe Geladeira Industrial Unidade água gelada,  codigo pateo 1186  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7891", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7891", " Transformador a seco 30 kva 380/440,  codigo pateo 26  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7892", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7892", " Transformador a óleo 750 Kva 13800/220v,  codigo pateo 88  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7894", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7894", " Auto Transformador a seco trafo 7,5 kva 220/380,  codigo pateo 178  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7893", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7893", " Transformador a seco 50 kva 220/440 - 380v ,  codigo pateo 463  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7897", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7897", " transformador auto trafo de partida tipo estrela triangulo,  codigo pateo 603  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7895", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7895", " Transformador a seco 10 Kva 380-220/110v,  codigo pateo 702  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7896", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7896", " Transformador a seco 30 kva 380/440v 74x62x37cm,  codigo pateo 849  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7899", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7899", " Transformador a seco 30 kva 380/440v  48x49x66cm,  codigo pateo 850  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7900", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7900", " Transformador Monofásico Universal,  codigo pateo 1016  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7898", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7898", " transformador de energia 220 para 380v 5 Kva,  codigo pateo 1137  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7902", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7902", " Transformador 300 Kva a óleo 13800/380-220v ótimo estado,  codigo pateo 1176  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7901", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7901", " Transformador 30 Kva a seco 220/380 ótimo estado,  codigo pateo 1194  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7903", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7903", " Auto Transformador 15 kva à seco 220 - 380 - 440,  codigo pateo 1231  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7904", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7904", " Auto Transformador 50 kva à seco 220/380 ,  codigo pateo 1286  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7905", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7905", " Prensa Hidráulica 500 Ton 850x850mm Pistão 500 Mm ,  codigo pateo 27  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7906", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7906", " Prensa Excêntrica 80 Ton "VICTOR",  codigo pateo 29  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7908", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7908", " Prensa Hidráulica 80 ton 840mm largx 650mm,  codigo pateo 41  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>3.850,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7907", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7907", " Prensa Pneumática para ilhos e rebites,  codigo pateo 81  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>425,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7911", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7911", " Prensa Excêntrica 8 toneladas,  codigo pateo 123  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7909", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7909", " Prensa Excêntrica 3 toneladas,  codigo pateo 124  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>325,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7912", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7912", " Prensa Enfardadeira 12 Ton Pet Papelão Papel fardo 80 a 150Kg 5hp,  codigo pateo145  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7910", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7910", " Prensa Excêntrica 12 Ton Super Victor,  codigo pateo 162  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7913", "064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7913", " Prensa para Vulcanizar borracha,  codigo pateo 193  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7914", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7914", " Prensa Pneumática,  codigo pateo 195  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7915", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7915", " Prensa Excêntrica 4 ton,  codigo pateo 222  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7916", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7916", " Prensa Pneumática,  codigo pateo 230  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>425,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7918", "068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7918", " Prensa dupla para Vulcanizar borracha,  codigo pateo 232  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7919", "069")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7919", " Prensa para Vulcanizar borracha,  codigo pateo 248  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7917", "070")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7917", " Prensa para Vulcanizar borracha,  codigo pateo 251  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7920", "071")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7920", " Prensa Hidráulica 350 Toneladas 2000x1300 com Almofada,  codigo pateo 253  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7922", "072")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7922", " Prensa Excêntrica FreioFricção 200 Toneladas para reformar,  codigo pateo 257  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7921", "073")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7921", " Prensa Excêntrica 4 toneladas,  codigo pateo 299  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7923", "074")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7923", " Prensa Hidraulica Plator: 830x550mm e Abertura 610mm,  codigo pateo 307  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7924", "075")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7924", " Prensa excêntrica 4 ton Harlo,  codigo pateo 321  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7926", "076")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7926", " Prensa Elmeg pneumática,  codigo pateo 374  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7925", "077")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7925", " Prensa Hidráulica 60 Ton Tipo C,  codigo pateo 417  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7927", "078")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7927", " Prensa Excêntrica 40 ton Harlo,  codigo pateo 464  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7929", "079")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7929", " Prensa Excêntrica 40 toneladas Jundiaí ,  codigo pateo 478  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7928", "080")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7928", " Prensa Pneumática,  codigo pateo 479  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>425,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7932", "081")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7932", " Prensa Pneumática,  codigo pateo 487  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>775,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7931", "082")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7931", " Prensa mecânica hidráulica 15 ton,  codigo pateo 519  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>275,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7933", "083")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7933", " Prensa Excêntrica 130 Toneladas Guttman,   codigo pateo 520  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7930", "084")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7930", " Prensa Excêntrica 80 Ton para reforma,  codigo pateo 521  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7935", "085")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7935", " Prensa Excêntrica 130 Toneladas Guttman,   codigo pateo 522  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7934", "086")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7934", " Prensa Pneumática, codigo pateo 539  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7937", "089")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7937", " Prensa hidráulica 4 toneladas tipo C ,  codigo pateo 558  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7941", "090")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7941", " Prensa hidráulica 12 toneladas Tipo C,  codigo pateo 559  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7939", "091")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7939", " Prensa Excêntrica 15 Ton harlo,  codigo pateo 579   , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7942", "092")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7942", " Prensa Excêntrica 80 ton JUNDIAÍ,  codigo pateo 611  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7940", "093")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7940", " Prensa Excêntrica RICETTI 100 Ton,  codigo pateo 613  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7943", "094")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7943", " Prensa 3 Toneladas exêntrica para reforma,  codigo pateo 640  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>225,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7947", "095")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7947", " Prensa Excêntrica 3 toneladas,  codigo pateo 731  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7948", "096")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7948", " Prensa Excêntrica 22t toneladas Harlo,  codigo pateo 746  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>3.650,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7944", "097")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7944", " Prensa Excêntrica 4 Toneladas MSL,  codigo pateo 773  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7946", "098")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7946", " Prensa Excêntrica 4 Toneladas MSL,   codigo pateo 774  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...474 lines deleted...]
-      <c r="D30" s="4" t="inlineStr">
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7945", "099")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7945", " Prensa Pneumática,  codigo pateo 789  , local de visitação e retirada São Paulo - SP  ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E30" s="5" t="inlineStr">
-[...799 lines deleted...]
-      <c r="E55" s="5" t="inlineStr">
+      <c r="E105" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
-      <c r="F55" s="4" t="inlineStr">
-[...1598 lines deleted...]
-      </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7949", "100")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7949", " Prensa Excêntrica 6 Toneladas ,  codigo pateo 846   , local de visitação e retirada São Paulo - SP  ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>