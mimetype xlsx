--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90429", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90429", "Tanque de Armazenamento. Aço carbono. 12m³")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90430", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90430", "Tanque de Armazenamento aço carbono. 6 m³")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90398", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90398", " Redutor de velocidade ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90389", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90389", " Redutor de velocidade ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90387", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90387", " 4 bombas - 3500 rpm")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90395", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90395", " [ LANCE POR KG ] Chapas xadrez - aprox. 5.000 kg")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>4,25</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90392", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90392", " [ LANCE POR KG ] Chapas xadrez  - aprox. 10.000 kg")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90390", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90390", " [ LANCE POR KG ] 4 Vigas - 400mm x 200mm")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90432", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90432", " [ LANCE POR KG ] 01 Viga dupla tipo I com reforço . Aprox. 4.500 kg")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90401", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90401", " [ LANCE POR KG ] 04 Vigas dupla tipo I com reforço - aprox. 25.000 kg")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90396", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90396", " 6 Pes direitos de tubulação de 6 pol. - aprox. 900 kg")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90388", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90388", " [ LANCE POR KG ] Aprox. 5.000 Kg Chapa de inox sem uso  AISI 304 ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>18,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90386", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90386", " [ LANCE POR KG ] Aprox. 5.000 Kg Chapa de inox sem uso  AISI 304 ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>18,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90397", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90397", " [ LANCE POR KG ] Aprox. 5.000 Kg Chapa de inox sem uso  AISI 304 ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>18,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90391", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90391", " [ LANCE POR KG ] Aprox. 5.000 Kg Chapa de inox sem uso  AISI 304 ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>18,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90402", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90402", " [ LANCE POR KG ] Chapas Calandradas  - aprox. 24.000 kg")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90399", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90399", " Turbo redutor tgm  - modelo tmg 3000 - ano 2003")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>162.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90403", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90403", " 6 Ternos Moenda Dedini - 18 x 30")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>265.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90405", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90405", " Coluna De Destilação A - 50m³/dia ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>143.450,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90404", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90404", " Ponte rolante villares 20 ton. completa")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>162.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90406", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90406", " Ponte rolante 30 ton. completa ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>211.600,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90407", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90407", " Prensa hidráulica ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90431", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90431", "Compactador de lixo Usimeca. Ano 2010 para caminhão trucado. Parou funcionando.")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90413", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90413", " Sonda Codistil para análise de cana ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90411", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90411", " Redutor cestari 1:139 tipo HT 9045")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>53.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90412", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90412", " Redutor transmotécnica 1:224 - H.14.19")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>44.700,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90410", "034")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90410", " [ LANCE POR KG ] Pisos tipo selmec - aprox. 4.000 kg")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>7,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90409", "036")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90409", " Filtro prensa technopulp - 4.000 kg/h")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>202.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90408", "037")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90408", " [ LANCE POR KG ] Tubos de caldeira sem uso - aprox. 9.500 kg")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>7,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90414", "038")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90414", " Mandrilhadora Universal Fuso 90")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90427", "039")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90427", " Plaina Limadora Zocca 1000")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90424", "040")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90424", " Equipamento Portátil para Jateamento Metal Cym - Modelo GPP-20 ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90428", "041")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90428", "  [LANCE POR KG] 2 Peças - Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 2.500 Kg")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90415", "042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90415", "  [LANCE POR KG] 2 Peças - Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 2.500 Kg")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90417", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90417", "  [LANCE POR KG] 2 Peças - Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 2.500 Kg")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90423", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90423", "  [LANCE POR KG] 2 Peças - Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 2.500 Kg")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90418", "045")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90418", "  [LANCE POR KG] 2 Peças - Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 2.500 Kg")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90426", "046")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90426", "  [LANCE POR KG] 2 Peças - Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 2.500 Kg")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90421", "047")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90421", " [LANCE POR KG] Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 4.000 ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90425", "048")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90425", " [LANCE POR KG] Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 4.000 ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90422", "049")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90422", " [LANCE POR KG] Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 4.000 ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90416", "050")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90416", " [LANCE POR KG] Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 4.000 ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90419", "051")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90419", " [LANCE POR KG] Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 4.000 ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90420", "052")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90420", " [LANCE POR KG] Plataforma de viga I 6" com chapa expandida 1/4" e corrimão - aprox. 4.000 ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>9,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90433", "053")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90433", " [ LANCE POR KG ] 01 Viga dupla tipo I com reforço . Aprox. 4.500 kg")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90434", "054")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90434", " [ LANCE POR KG ] 01 Viga dupla tipo I com reforço . Aprox. 4.500 kg")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90435", "055")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90435", " [ LANCE POR KG ] 01 Viga dupla tipo I com reforço . Aprox. 4.500 kg")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90436", "056")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90436", " [ LANCE POR KG ] 01 Viga dupla tipo I com reforço . Aprox. 4.500 kg")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90385", "057")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90385", " [ LANCE POR KG ] 01 Viga dupla tipo I com reforço . Aprox. 4.500 kg")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>