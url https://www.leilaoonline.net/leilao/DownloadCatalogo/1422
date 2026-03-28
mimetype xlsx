--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90870", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90870", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90869", "011")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90869", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>14.300,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90958", "012")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90958", "CAMINHÃO FORD/CARGO 1722 CN; 2011/2012; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90959", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90959", "FORD/F350 G; 2010/2010; BRANCA; DIESEL ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91006", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91006", "RENAULT/MASTER MBUS L3H2; 2017/2018; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>72.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91007", "015")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91007", "RENAULT/MASTER MARIM PAS; 2017/2018; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>140</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91499", "020")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91499", "VW/FOX 1.0; 2007/2008; IPVA 2021 PAGO - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90867", "028")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90867", "I/FORD RANGER XLT 14X; 1999/1999; PRATA; GASOLINA/GAS NATURAL VEICULAR")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90859", "029")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90859", "GM/VECTRA SEDAN ELITE; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>22.850,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90860", "090")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90860", "FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>48.050,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90861", "091")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90861", "FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>46.450,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90862", "092")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90862", "I/JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...15 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90864", "094")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90864", "FORD/CARGO 816 S; 2013/2013; BRANCA; DIESEL - CESTO AÉREO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>126.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90865", "095")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90865", "FORD/CARGO 816 S; 2013/2013; BRANCA; DIESEL - EQUIPADO COM CESTO AREO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>141.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90866", "096")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90866", "I/FIAT DUCATO CARGO B; 2019/2019; AMARELA; DIESEL ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90858", "104")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90858", "I/M. BENZ 415 CDI SPRINTER M; 2014/2015; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>82.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91602", "105")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91602", "I/CHERY CIELO 1.6 HATCH; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>7.150,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90872", "201")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90872", "veja o vídeo!! PEUGEOT/HOGGAR XR; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90874", "202")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90874", "veja o vídeo!! I/MMC OUTLANDER 3.0 GT; 2015/2016; CINZA; GASOLINA; IPVA 2021 PAGO - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>79.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90876", "203")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90876", "BMW 328I 3A51; 2013/2014; BRANCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90873", "208")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90873", "veja o vídeo!! CHEVROLET/S10 LT DD4; 2012/2013; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...446 lines deleted...]
-      </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>75.050,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90875", "209")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90875", "veja o vídeo!! GM/S10 DELUXE; 1995/1996; VERMELHA; GASOLINA/GÁS NATURAL VEICULAR - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90871", "223")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/90871", "veja o vídeo!! I/GM; CAPTIVA SPORT 2.4; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>22.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>